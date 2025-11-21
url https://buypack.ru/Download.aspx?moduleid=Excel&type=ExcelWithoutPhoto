--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -30,51 +30,50 @@
   <Override ContentType="image/jpeg" PartName="/xl/media/1519_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1520_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1521_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1522_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1523_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1524_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1525_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1526_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1469_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1470_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1471_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1472_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1473_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1474_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1475_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1476_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1477_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1354_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1355_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1356_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1357_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1358_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1359_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1360_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1361_xsmall.jpg"/>
-  <Override ContentType="image/jpeg" PartName="/xl/media/1398_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1399_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1400_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1441_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1410_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1478_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1460_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1463_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1293_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1294_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1295_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1296_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1297_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1298_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1299_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1300_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1301_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1302_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1303_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1304_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1305_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1306_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1307_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1308_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1309_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1310_xsmall.jpg"/>
@@ -93,68 +92,70 @@
   <Override ContentType="image/jpeg" PartName="/xl/media/1382_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1383_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1449_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1407_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1427_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1428_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1429_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1431_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1432_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1433_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1442_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1435_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1436_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1437_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1438_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1531_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1532_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1448_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1444_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1450_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1454_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1455_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1456_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1457_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1467_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1540_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1199_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1200_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1201_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1190_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1193_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1194_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1195_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1197_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1198_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1392_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1393_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1394_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1395_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1396_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1397_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1452_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1453_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1527_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1543_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1217_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1218_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1219_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1220_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1221_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1222_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1223_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1224_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1225_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1226_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1227_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1228_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1229_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1230_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1401_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1402_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1403_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1240_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1241_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1242_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1244_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1248_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1249_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1316_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1317_xsmall.jpg"/>
@@ -173,121 +174,145 @@
   <Override ContentType="image/jpeg" PartName="/xl/media/1386_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1483_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1484_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1485_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1486_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1487_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1488_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1489_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1490_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1491_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1492_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1493_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1494_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1327_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1328_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1329_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1362_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1363_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1364_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1365_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1366_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1367_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1368_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1369_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1370_xsmall.jpg"/>
-  <Override ContentType="image/jpeg" PartName="/xl/media/1388_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1534_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1389_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1390_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1391_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1405_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1462_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1458_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1464_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1466_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1468_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1533_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1481_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1496_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1530_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1528_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1535_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/186_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1451_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1500_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1411_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1412_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1413_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1414_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1415_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1416_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1417_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1418_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1419_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1420_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1421_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1422_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1423_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1424_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1425_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1426_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1445_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1446_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1447_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1536_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1538_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1537_xsmall.jpg"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" PartName="/xl/drawings/vmlDrawing1.vml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Price" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$J$288</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Price'!$B$7:$J$315</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Price'!$6:$10</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$J$287</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Price'!$A$1:$J$314</definedName>
   </definedNames>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">https://buypack.ru</d:author>
   </authors>
   <commentList>
     <comment ref="D6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="562" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="614" uniqueCount="614">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>07.10.2025 11:44</t>
+    <t>21.11.2025 12:41</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
@@ -708,56 +733,50 @@
   <si>
     <t>70136</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 30х30 см (уп 500 шт)</t>
   </si>
   <si>
     <t>70137</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 30х40 см (уп 500 шт)</t>
   </si>
   <si>
     <t>70138</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 40х40 см (уп 200 шт)</t>
   </si>
   <si>
     <t>70139</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 50х50 см (уп 200 шт)</t>
   </si>
   <si>
-    <t>70178</t>
-[...4 lines deleted...]
-  <si>
     <t>70179</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 10х25 см (уп 1000 шт)</t>
   </si>
   <si>
     <t>70180</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 20х25 см (уп 1000 шт)</t>
   </si>
   <si>
     <t>70194</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 10х15 см (уп 1000 шт)</t>
   </si>
   <si>
     <t>70195</t>
   </si>
   <si>
     <t>Пакет из Воздушно-пузырчатой пленки с клеевым клапаном Трехслойный 25х30 см (уп 500 шт)</t>
   </si>
   <si>
     <t>70229</t>
@@ -1089,50 +1108,56 @@
   <si>
     <t>70255</t>
   </si>
   <si>
     <t>Коробка картонная 250x250x150 мм гофрокартон Т22, Бурый</t>
   </si>
   <si>
     <t>70257</t>
   </si>
   <si>
     <t>Коробка картонная 300x300x200 мм гофрокартон Т22, Бурый</t>
   </si>
   <si>
     <t>70259</t>
   </si>
   <si>
     <t>Коробка картонная 150x150x50 мм гофрокартон Т22, Бурый</t>
   </si>
   <si>
     <t>70323</t>
   </si>
   <si>
     <t>Коробка картонная 100x100x100 мм гофрокартон Т22, В Бурый</t>
   </si>
   <si>
+    <t>70459</t>
+  </si>
+  <si>
+    <t>Коробка картонная 110х110х110 мм гофрокартон Т22, С Бурый</t>
+  </si>
+  <si>
     <t>Стретч пленка</t>
   </si>
   <si>
     <t>70009</t>
   </si>
   <si>
     <t>Стретч-плёнка прозрачная, первичная 500мм/20мк/брутто 2кг</t>
   </si>
   <si>
     <t>70010</t>
   </si>
   <si>
     <t>Стретч-плёнка белая, первичная 500мм/20мк/брутто 2кг</t>
   </si>
   <si>
     <t>70011</t>
   </si>
   <si>
     <t>Стретч-плёнка черная, первичная 500мм/20мк/брутто 2кг</t>
   </si>
   <si>
     <t>70012</t>
   </si>
   <si>
     <t>Стретч-плёнка прозрачная, первичная 500мм/20мк/брутто 3кг</t>
@@ -1233,50 +1258,56 @@
   <si>
     <t>70177</t>
   </si>
   <si>
     <t>Клейкая лента ОСТОРОЖНО ХРУПКОЕ (Скотч ОСТОРОЖНО ХРУПКОЕ ) 48мм x 50м 45МК</t>
   </si>
   <si>
     <t>70242</t>
   </si>
   <si>
     <t>Пистолет упаковочный для клейкой ленты 50 мм Klebebander</t>
   </si>
   <si>
     <t>70243</t>
   </si>
   <si>
     <t>Пистолет упаковочный для клейкой ленты 75 мм Klebebander</t>
   </si>
   <si>
     <t>70460</t>
   </si>
   <si>
     <t>Клейкая лента оранжевая (Скотч оранжевый) 48мм x 50м 43МК</t>
   </si>
   <si>
+    <t>70539</t>
+  </si>
+  <si>
+    <t>Клейкая лента ПОДАРОК (Скотч ПОДАРОК) 48мм x 50м 45МК</t>
+  </si>
+  <si>
     <t>Воздушно-пузырчатая плёнка</t>
   </si>
   <si>
     <t>70028</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,2Мх100М)</t>
   </si>
   <si>
     <t>70029</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,2Мх50М)</t>
   </si>
   <si>
     <t>70030</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (0,4Мх50М)</t>
   </si>
   <si>
     <t>70031</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,5Мх100М)</t>
@@ -1824,74 +1855,86 @@
   <si>
     <t>70260</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 200x100x100 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70263</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 80x80x80 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70303</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 200x200x100 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70327</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 265x165x100 мм короб из гофрокартона Т22</t>
   </si>
   <si>
+    <t>70338</t>
+  </si>
+  <si>
+    <t>Самосборная картонная коробка 70x70x60 мм, короб из БЕЛОГО микрогофрокартона Т11</t>
+  </si>
+  <si>
     <t>70347</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 130x90x40 мм, короб из микрогофрокартона Т12</t>
   </si>
   <si>
     <t>70412</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 80x80x30 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70465</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 70x70x40 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70472</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 220x165x100 мм короб из гофрокартона Т22</t>
   </si>
   <si>
+    <t>70496</t>
+  </si>
+  <si>
+    <t>Самосборная картонная коробка 170x70x40 мм короб из гофрокартона Т11</t>
+  </si>
+  <si>
     <t>Полипропиленовые пакеты с клапаном и скотчем</t>
   </si>
   <si>
     <t>70230</t>
   </si>
   <si>
     <t>Полипропиленовый пакет с клеевым клапаном 100x150+50мм 30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70236</t>
   </si>
   <si>
     <t>Полипропиленовый пакет с клеевым клапаном 200x250+50мм 30мкм (1000 шт)</t>
   </si>
   <si>
     <t>Пленка упаковочная (рукав)</t>
   </si>
   <si>
     <t>70244</t>
   </si>
   <si>
     <t>Рукав ПВД 20см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70245</t>
@@ -1924,50 +1967,188 @@
     <t>Рукав ПВД 50см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70250</t>
   </si>
   <si>
     <t>Рукав ПВД 60см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70251</t>
   </si>
   <si>
     <t>Рукав ПВД 70см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70252</t>
   </si>
   <si>
     <t>Рукав ПВД 80см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70443</t>
   </si>
   <si>
     <t>Рукав ПВД 150см прозрачный 100мкм 27кг</t>
+  </si>
+  <si>
+    <t>Пакеты Zip-Lock с защелкой (гриппер)</t>
+  </si>
+  <si>
+    <t>70196</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 60х80 мм, 23-26 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70197</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 70х100 мм, 23-26 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70198</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 100х150 мм, 23-26 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70199</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 40х60 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70200</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 50х70 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70201</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 100х180 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70202</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 100х100 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70203</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 120х180 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70204</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 150х200 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70205</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 150х220 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70206</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 180х250 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70207</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 200х250 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70208</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 200х300 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70209</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 250х300 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70210</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 250х350 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70211</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 300х400 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70233</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 80х120 мм, 23-26 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70234</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 350х450 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>70235</t>
+  </si>
+  <si>
+    <t>Пакет Zip Lock с защелкой (гриппер) 400х500 мм, 28-35 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>Перчатки ХБ с ПВХ</t>
+  </si>
+  <si>
+    <t>70507</t>
+  </si>
+  <si>
+    <t>Перчатки вязаные ХБ с ПВХ точкой, белые (52 г, 10 класс)</t>
+  </si>
+  <si>
+    <t>70508</t>
+  </si>
+  <si>
+    <t>Перчатки вязаные ХБ с ПВХ точкой, черные (60 г, 7,5 класс)</t>
+  </si>
+  <si>
+    <t>70509</t>
+  </si>
+  <si>
+    <t>Перчатки вязаные ХБ с ПВХ точкой, серые (60 г, 7,5 класс)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Courier New"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
@@ -2025,51 +2206,51 @@
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="3" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-17h17-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1398_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1388_xsmall.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1540_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1534_xsmall.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1533_xsmall.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1535_xsmall.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411_xsmall.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1412_xsmall.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1413_xsmall.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414_xsmall.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1415_xsmall.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416_xsmall.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1417_xsmall.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1418_xsmall.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1419_xsmall.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1420_xsmall.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1421_xsmall.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1422_xsmall.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1423_xsmall.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1424_xsmall.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425_xsmall.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426_xsmall.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1445_xsmall.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1446_xsmall.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1447_xsmall.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1536_xsmall.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538_xsmall.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537_xsmall.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" descr="" name="pic9">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
@@ -5114,62 +5295,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
-[...4 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>87</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...2 lines deleted...]
-        <xdr:cNvPr id="77" descr="" name="pic87">
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" descr="" name="pic88">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId130"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId131" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -8274,62 +8455,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId282" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>168</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>169</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...8 lines deleted...]
-        <xdr:cNvPr id="156" descr="" name="pic170">
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="156" descr="" name="pic169">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId283"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -8954,62 +9135,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId316" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>186</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>187</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...8 lines deleted...]
-        <xdr:cNvPr id="173" descr="" name="pic188">
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="173" descr="" name="pic187">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId317"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -9093,1131 +9274,1131 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>190</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="176" descr="" name="pic191">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId323"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId324" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" descr="" name="pic192">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId324"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId325"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" descr="" name="pic193">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId326"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" descr="" name="pic194">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId327"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId328"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" descr="" name="pic195">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId328"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId329"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" descr="" name="pic196">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId329"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId330" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId330"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" descr="" name="pic197">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId331"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" descr="" name="pic198">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId332"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId333"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="184" descr="" name="pic199">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId333"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId334"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" descr="" name="pic200">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId334"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId335"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" descr="" name="pic201">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId335"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId336"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" descr="" name="pic202">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId336"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId337"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" descr="" name="pic203">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId337"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId338"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" descr="" name="pic204">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId338"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId339"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" descr="" name="pic205">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId339"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId325" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId340"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" descr="" name="pic206">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId340"/>
-[...26 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId341"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>206</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...16 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="192" descr="" name="pic207">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId342"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="193" descr="" name="pic209">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId343"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" descr="" name="pic210">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId344"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId345"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" descr="" name="pic211">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId345"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId346"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" descr="" name="pic212">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId346"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId347"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" descr="" name="pic213">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId347"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId348"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" descr="" name="pic214">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId348"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId349"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" descr="" name="pic215">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId349"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId350"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" descr="" name="pic216">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId350"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId351"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" descr="" name="pic217">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId351"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId342" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId352"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" descr="" name="pic218">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId352"/>
-[...26 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId353"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>218</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...16 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId354" cstate="print"/>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" descr="" name="pic219">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId354"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
@@ -11234,62 +11415,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>246</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...8 lines deleted...]
-        <xdr:cNvPr id="230" descr="" name="pic248">
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" descr="" name="pic247">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId407"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -12274,598 +12455,1598 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>273</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="256" descr="" name="pic274">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId459"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>274</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="256" descr="" name="pic275">
-[...7 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460" cstate="print"/>
+        <xdr:cNvPr id="257" descr="" name="pic275">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId461"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="257" descr="" name="pic276">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId461"/>
+        <xdr:cNvPr id="258" descr="" name="pic276">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId463"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId464" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="259" descr="" name="pic278">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId465"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId466" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>278</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>279</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="260" descr="" name="pic279">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId467"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>277</xdr:row>
-[...84 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...32 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="261" descr="" name="pic281">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId466"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId468"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="262" descr="" name="pic282">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId467"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId470"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="263" descr="" name="pic283">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId469"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId471"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="264" descr="" name="pic284">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId470"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId472"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="265" descr="" name="pic285">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId471"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId473"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="266" descr="" name="pic286">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId472"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId475"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="267" descr="" name="pic287">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId473"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId468" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId476"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>287</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="268" descr="" name="pic288">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId477"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>288</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="269" descr="" name="pic289">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId478"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>289</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>290</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="270" descr="" name="pic290">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId479"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>291</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="271" descr="" name="pic292">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId480"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId481" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>292</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="272" descr="" name="pic293">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId482"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId483" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>293</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="273" descr="" name="pic294">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId484"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId485" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>294</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="274" descr="" name="pic295">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId486"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId487" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>295</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="275" descr="" name="pic296">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId488"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId489" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>296</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="276" descr="" name="pic297">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId490"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId491" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>297</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="277" descr="" name="pic298">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId492"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId493" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>298</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="278" descr="" name="pic299">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId494"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId495" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>299</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>300</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="279" descr="" name="pic300">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId496"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId497" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>300</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="280" descr="" name="pic301">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId498"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId499" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>301</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="281" descr="" name="pic302">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId500"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId501" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>302</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="282" descr="" name="pic303">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId502"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId503" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>303</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="283" descr="" name="pic304">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId504"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId505" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>304</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="284" descr="" name="pic305">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId506"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId507" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>305</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="285" descr="" name="pic306">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId508"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId509" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>306</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="286" descr="" name="pic307">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId510"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId511" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>307</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="287" descr="" name="pic308">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId512"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId513" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>308</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="288" descr="" name="pic309">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId514"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId515" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>309</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>310</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="289" descr="" name="pic310">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId516"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId517" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>311</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="290" descr="" name="pic312">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId518"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId519" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>312</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="291" descr="" name="pic313">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId520"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId521" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>313</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>314</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="292" descr="" name="pic314">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId522"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId523" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-17h17-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
-  <dimension ref="A1:O287"/>
+  <dimension ref="A1:O314"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="4" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="9" customWidth="1"/>
     <col min="7" max="7" width="9" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
     <col min="11" max="11" hidden="1" width="9.140625" customWidth="1"/>
     <col min="12" max="12" hidden="1" width="9.140625" customWidth="1"/>
     <col min="13" max="13" hidden="1" width="9.140625" customWidth="1"/>
     <col min="14" max="14" hidden="1" width="9.140625" customWidth="1"/>
     <col min="15" max="15" hidden="1" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="I1" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="I2" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="I3" s="8" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="I4" s="0" t="s">
         <v>3</v>
       </c>
       <c r="J4" s="0">
         <f>IF( 5000&gt;K4,K4,IF( 10000&gt;L4,L4,IF( 15000&gt;M4,M4,IF( 20000&gt;N4,N4,O4))))</f>
       </c>
       <c r="K4" s="0">
-        <f>SUBTOTAL(9,K8:K288)</f>
+        <f>SUBTOTAL(9,K8:K315)</f>
       </c>
       <c r="L4" s="0">
-        <f>SUBTOTAL(9,L8:L288)</f>
+        <f>SUBTOTAL(9,L8:L315)</f>
       </c>
       <c r="M4" s="0">
-        <f>SUBTOTAL(9,M8:M288)</f>
+        <f>SUBTOTAL(9,M8:M315)</f>
       </c>
       <c r="N4" s="0">
-        <f>SUBTOTAL(9,N8:N288)</f>
+        <f>SUBTOTAL(9,N8:N315)</f>
       </c>
       <c r="O4" s="0">
-        <f>SUBTOTAL(9,O8:O288)</f>
+        <f>SUBTOTAL(9,O8:O315)</f>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="9" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>10</v>
       </c>
       <c r="H6" s="9" t="s">
@@ -15915,2743 +17096,2743 @@
       <c r="K79" s="0">
         <f>D79*I79</f>
       </c>
       <c r="L79" s="0">
         <f>E79*I79</f>
       </c>
       <c r="M79" s="0">
         <f>F79*I79</f>
       </c>
       <c r="N79" s="0">
         <f>G79*I79</f>
       </c>
       <c r="O79" s="0">
         <f>H79*I79</f>
       </c>
     </row>
     <row r="80" ht="45" customHeight="1" outlineLevel="1">
       <c r="A80" s="3"/>
       <c r="B80" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>157</v>
       </c>
       <c r="D80" s="5">
-        <v>5.1170001029968262</v>
+        <v>4.0486001968383789</v>
       </c>
       <c r="E80" s="5">
-        <v>5.1170001029968262</v>
+        <v>4.0486001968383789</v>
       </c>
       <c r="F80" s="5">
-        <v>4.8159999847412109</v>
+        <v>3.8106000423431396</v>
       </c>
       <c r="G80" s="5">
-        <v>4.6655001640319824</v>
+        <v>3.6916000843048096</v>
       </c>
       <c r="H80" s="5">
-        <v>4.5149998664855957</v>
+        <v>3.5725998878479004</v>
       </c>
       <c r="I80" s="6"/>
       <c r="J80" s="5">
         <f>IF( 5000&gt;K4,K80,IF( 10000&gt;L4,L80,IF( 15000&gt;M4,M80,IF( 20000&gt;N4,N80,O80))))</f>
       </c>
       <c r="K80" s="0">
         <f>D80*I80</f>
       </c>
       <c r="L80" s="0">
         <f>E80*I80</f>
       </c>
       <c r="M80" s="0">
         <f>F80*I80</f>
       </c>
       <c r="N80" s="0">
         <f>G80*I80</f>
       </c>
       <c r="O80" s="0">
         <f>H80*I80</f>
       </c>
     </row>
     <row r="81" ht="45" customHeight="1" outlineLevel="1">
       <c r="A81" s="3"/>
       <c r="B81" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>159</v>
       </c>
       <c r="D81" s="5">
-        <v>4.0486001968383789</v>
+        <v>6.4000000953674316</v>
       </c>
       <c r="E81" s="5">
-        <v>4.0486001968383789</v>
+        <v>6.4000000953674316</v>
       </c>
       <c r="F81" s="5">
-        <v>3.8106000423431396</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="G81" s="5">
-        <v>3.6916000843048096</v>
+        <v>5.5</v>
       </c>
       <c r="H81" s="5">
-        <v>3.5725998878479004</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="I81" s="6"/>
       <c r="J81" s="5">
         <f>IF( 5000&gt;K4,K81,IF( 10000&gt;L4,L81,IF( 15000&gt;M4,M81,IF( 20000&gt;N4,N81,O81))))</f>
       </c>
       <c r="K81" s="0">
         <f>D81*I81</f>
       </c>
       <c r="L81" s="0">
         <f>E81*I81</f>
       </c>
       <c r="M81" s="0">
         <f>F81*I81</f>
       </c>
       <c r="N81" s="0">
         <f>G81*I81</f>
       </c>
       <c r="O81" s="0">
         <f>H81*I81</f>
       </c>
     </row>
     <row r="82" ht="45" customHeight="1" outlineLevel="1">
       <c r="A82" s="3"/>
       <c r="B82" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>161</v>
       </c>
       <c r="D82" s="5">
-        <v>6.4000000953674316</v>
+        <v>3.4000000953674316</v>
       </c>
       <c r="E82" s="5">
-        <v>6.4000000953674316</v>
+        <v>3.4000000953674316</v>
       </c>
       <c r="F82" s="5">
-        <v>5.8000001907348633</v>
+        <v>3.2000000476837158</v>
       </c>
       <c r="G82" s="5">
-        <v>5.5</v>
+        <v>3.0999999046325684</v>
       </c>
       <c r="H82" s="5">
-        <v>5.1999998092651367</v>
+        <v>3</v>
       </c>
       <c r="I82" s="6"/>
       <c r="J82" s="5">
         <f>IF( 5000&gt;K4,K82,IF( 10000&gt;L4,L82,IF( 15000&gt;M4,M82,IF( 20000&gt;N4,N82,O82))))</f>
       </c>
       <c r="K82" s="0">
         <f>D82*I82</f>
       </c>
       <c r="L82" s="0">
         <f>E82*I82</f>
       </c>
       <c r="M82" s="0">
         <f>F82*I82</f>
       </c>
       <c r="N82" s="0">
         <f>G82*I82</f>
       </c>
       <c r="O82" s="0">
         <f>H82*I82</f>
       </c>
     </row>
     <row r="83" ht="45" customHeight="1" outlineLevel="1">
       <c r="A83" s="3"/>
       <c r="B83" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="5">
-        <v>3.4000000953674316</v>
+        <v>8</v>
       </c>
       <c r="E83" s="5">
-        <v>3.4000000953674316</v>
+        <v>8</v>
       </c>
       <c r="F83" s="5">
-        <v>3.2000000476837158</v>
+        <v>7.4000000953674316</v>
       </c>
       <c r="G83" s="5">
-        <v>3.0999999046325684</v>
+        <v>7.0999999046325684</v>
       </c>
       <c r="H83" s="5">
-        <v>3</v>
+        <v>6.8000001907348633</v>
       </c>
       <c r="I83" s="6"/>
       <c r="J83" s="5">
         <f>IF( 5000&gt;K4,K83,IF( 10000&gt;L4,L83,IF( 15000&gt;M4,M83,IF( 20000&gt;N4,N83,O83))))</f>
       </c>
       <c r="K83" s="0">
         <f>D83*I83</f>
       </c>
       <c r="L83" s="0">
         <f>E83*I83</f>
       </c>
       <c r="M83" s="0">
         <f>F83*I83</f>
       </c>
       <c r="N83" s="0">
         <f>G83*I83</f>
       </c>
       <c r="O83" s="0">
         <f>H83*I83</f>
       </c>
     </row>
     <row r="84" ht="45" customHeight="1" outlineLevel="1">
       <c r="A84" s="3"/>
       <c r="B84" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>165</v>
       </c>
       <c r="D84" s="5">
-        <v>8</v>
+        <v>2.9000000953674316</v>
       </c>
       <c r="E84" s="5">
-        <v>8</v>
+        <v>2.9000000953674316</v>
       </c>
       <c r="F84" s="5">
-        <v>7.4000000953674316</v>
+        <v>2.7000000476837158</v>
       </c>
       <c r="G84" s="5">
-        <v>7.0999999046325684</v>
+        <v>2.5999999046325684</v>
       </c>
       <c r="H84" s="5">
-        <v>6.8000001907348633</v>
+        <v>2.5</v>
       </c>
       <c r="I84" s="6"/>
       <c r="J84" s="5">
         <f>IF( 5000&gt;K4,K84,IF( 10000&gt;L4,L84,IF( 15000&gt;M4,M84,IF( 20000&gt;N4,N84,O84))))</f>
       </c>
       <c r="K84" s="0">
         <f>D84*I84</f>
       </c>
       <c r="L84" s="0">
         <f>E84*I84</f>
       </c>
       <c r="M84" s="0">
         <f>F84*I84</f>
       </c>
       <c r="N84" s="0">
         <f>G84*I84</f>
       </c>
       <c r="O84" s="0">
         <f>H84*I84</f>
       </c>
     </row>
     <row r="85" ht="45" customHeight="1" outlineLevel="1">
       <c r="A85" s="3"/>
       <c r="B85" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>167</v>
       </c>
       <c r="D85" s="5">
-        <v>2.9000000953674316</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E85" s="5">
-        <v>2.9000000953674316</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F85" s="5">
-        <v>2.7000000476837158</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G85" s="5">
-        <v>2.5999999046325684</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H85" s="5">
-        <v>2.5</v>
+        <v>4.5</v>
       </c>
       <c r="I85" s="6"/>
       <c r="J85" s="5">
         <f>IF( 5000&gt;K4,K85,IF( 10000&gt;L4,L85,IF( 15000&gt;M4,M85,IF( 20000&gt;N4,N85,O85))))</f>
       </c>
       <c r="K85" s="0">
         <f>D85*I85</f>
       </c>
       <c r="L85" s="0">
         <f>E85*I85</f>
       </c>
       <c r="M85" s="0">
         <f>F85*I85</f>
       </c>
       <c r="N85" s="0">
         <f>G85*I85</f>
       </c>
       <c r="O85" s="0">
         <f>H85*I85</f>
       </c>
     </row>
     <row r="86" ht="45" customHeight="1" outlineLevel="1">
       <c r="A86" s="3"/>
       <c r="B86" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>169</v>
       </c>
       <c r="D86" s="5">
-        <v>5.6999998092651367</v>
+        <v>6</v>
       </c>
       <c r="E86" s="5">
-        <v>5.6999998092651367</v>
+        <v>6</v>
       </c>
       <c r="F86" s="5">
+        <v>5.4000000953674316</v>
+      </c>
+      <c r="G86" s="5">
         <v>5.0999999046325684</v>
       </c>
-      <c r="G86" s="5">
+      <c r="H86" s="5">
         <v>4.8000001907348633</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="I86" s="6"/>
       <c r="J86" s="5">
         <f>IF( 5000&gt;K4,K86,IF( 10000&gt;L4,L86,IF( 15000&gt;M4,M86,IF( 20000&gt;N4,N86,O86))))</f>
       </c>
       <c r="K86" s="0">
         <f>D86*I86</f>
       </c>
       <c r="L86" s="0">
         <f>E86*I86</f>
       </c>
       <c r="M86" s="0">
         <f>F86*I86</f>
       </c>
       <c r="N86" s="0">
         <f>G86*I86</f>
       </c>
       <c r="O86" s="0">
         <f>H86*I86</f>
       </c>
     </row>
-    <row r="87" ht="45" customHeight="1" outlineLevel="1">
-[...1 lines deleted...]
-      <c r="B87" s="2" t="s">
+    <row r="87">
+      <c r="A87" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C87" s="4" t="s">
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1"/>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1"/>
+    </row>
+    <row r="88" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A88" s="3"/>
+      <c r="B88" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="D87" s="5">
-[...35 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="C88" s="4" t="s">
         <v>172</v>
       </c>
-      <c r="B88" s="1"/>
-[...7 lines deleted...]
-      <c r="J88" s="1"/>
+      <c r="D88" s="5">
+        <v>77</v>
+      </c>
+      <c r="E88" s="5">
+        <v>77</v>
+      </c>
+      <c r="F88" s="5">
+        <v>67</v>
+      </c>
+      <c r="G88" s="5">
+        <v>63</v>
+      </c>
+      <c r="H88" s="5">
+        <v>59</v>
+      </c>
+      <c r="I88" s="6"/>
+      <c r="J88" s="5">
+        <f>IF( 5000&gt;K4,K88,IF( 10000&gt;L4,L88,IF( 15000&gt;M4,M88,IF( 20000&gt;N4,N88,O88))))</f>
+      </c>
+      <c r="K88" s="0">
+        <f>D88*I88</f>
+      </c>
+      <c r="L88" s="0">
+        <f>E88*I88</f>
+      </c>
+      <c r="M88" s="0">
+        <f>F88*I88</f>
+      </c>
+      <c r="N88" s="0">
+        <f>G88*I88</f>
+      </c>
+      <c r="O88" s="0">
+        <f>H88*I88</f>
+      </c>
     </row>
     <row r="89" ht="45" customHeight="1" outlineLevel="1">
       <c r="A89" s="3"/>
       <c r="B89" s="2" t="s">
         <v>173</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="5">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="E89" s="5">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="F89" s="5">
-        <v>70</v>
+        <v>54</v>
       </c>
       <c r="G89" s="5">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="H89" s="5">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="I89" s="6"/>
       <c r="J89" s="5">
         <f>IF( 5000&gt;K4,K89,IF( 10000&gt;L4,L89,IF( 15000&gt;M4,M89,IF( 20000&gt;N4,N89,O89))))</f>
       </c>
       <c r="K89" s="0">
         <f>D89*I89</f>
       </c>
       <c r="L89" s="0">
         <f>E89*I89</f>
       </c>
       <c r="M89" s="0">
         <f>F89*I89</f>
       </c>
       <c r="N89" s="0">
         <f>G89*I89</f>
       </c>
       <c r="O89" s="0">
         <f>H89*I89</f>
       </c>
     </row>
     <row r="90" ht="45" customHeight="1" outlineLevel="1">
       <c r="A90" s="3"/>
       <c r="B90" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="5">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E90" s="5">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F90" s="5">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G90" s="5">
+        <v>53</v>
+      </c>
+      <c r="H90" s="5">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="I90" s="6"/>
       <c r="J90" s="5">
         <f>IF( 5000&gt;K4,K90,IF( 10000&gt;L4,L90,IF( 15000&gt;M4,M90,IF( 20000&gt;N4,N90,O90))))</f>
       </c>
       <c r="K90" s="0">
         <f>D90*I90</f>
       </c>
       <c r="L90" s="0">
         <f>E90*I90</f>
       </c>
       <c r="M90" s="0">
         <f>F90*I90</f>
       </c>
       <c r="N90" s="0">
         <f>G90*I90</f>
       </c>
       <c r="O90" s="0">
         <f>H90*I90</f>
       </c>
     </row>
     <row r="91" ht="45" customHeight="1" outlineLevel="1">
       <c r="A91" s="3"/>
       <c r="B91" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="5">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E91" s="5">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="F91" s="5">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G91" s="5">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="H91" s="5">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="I91" s="6"/>
       <c r="J91" s="5">
         <f>IF( 5000&gt;K4,K91,IF( 10000&gt;L4,L91,IF( 15000&gt;M4,M91,IF( 20000&gt;N4,N91,O91))))</f>
       </c>
       <c r="K91" s="0">
         <f>D91*I91</f>
       </c>
       <c r="L91" s="0">
         <f>E91*I91</f>
       </c>
       <c r="M91" s="0">
         <f>F91*I91</f>
       </c>
       <c r="N91" s="0">
         <f>G91*I91</f>
       </c>
       <c r="O91" s="0">
         <f>H91*I91</f>
       </c>
     </row>
     <row r="92" ht="45" customHeight="1" outlineLevel="1">
       <c r="A92" s="3"/>
       <c r="B92" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="5">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="E92" s="5">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="F92" s="5">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="G92" s="5">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="H92" s="5">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I92" s="6"/>
       <c r="J92" s="5">
         <f>IF( 5000&gt;K4,K92,IF( 10000&gt;L4,L92,IF( 15000&gt;M4,M92,IF( 20000&gt;N4,N92,O92))))</f>
       </c>
       <c r="K92" s="0">
         <f>D92*I92</f>
       </c>
       <c r="L92" s="0">
         <f>E92*I92</f>
       </c>
       <c r="M92" s="0">
         <f>F92*I92</f>
       </c>
       <c r="N92" s="0">
         <f>G92*I92</f>
       </c>
       <c r="O92" s="0">
         <f>H92*I92</f>
       </c>
     </row>
     <row r="93" ht="45" customHeight="1" outlineLevel="1">
       <c r="A93" s="3"/>
       <c r="B93" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>182</v>
       </c>
       <c r="D93" s="5">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E93" s="5">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F93" s="5">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G93" s="5">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="H93" s="5">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I93" s="6"/>
       <c r="J93" s="5">
         <f>IF( 5000&gt;K4,K93,IF( 10000&gt;L4,L93,IF( 15000&gt;M4,M93,IF( 20000&gt;N4,N93,O93))))</f>
       </c>
       <c r="K93" s="0">
         <f>D93*I93</f>
       </c>
       <c r="L93" s="0">
         <f>E93*I93</f>
       </c>
       <c r="M93" s="0">
         <f>F93*I93</f>
       </c>
       <c r="N93" s="0">
         <f>G93*I93</f>
       </c>
       <c r="O93" s="0">
         <f>H93*I93</f>
       </c>
     </row>
     <row r="94" ht="45" customHeight="1" outlineLevel="1">
       <c r="A94" s="3"/>
       <c r="B94" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>184</v>
       </c>
       <c r="D94" s="5">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="E94" s="5">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="F94" s="5">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G94" s="5">
-        <v>33</v>
+        <v>22.5</v>
       </c>
       <c r="H94" s="5">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I94" s="6"/>
       <c r="J94" s="5">
         <f>IF( 5000&gt;K4,K94,IF( 10000&gt;L4,L94,IF( 15000&gt;M4,M94,IF( 20000&gt;N4,N94,O94))))</f>
       </c>
       <c r="K94" s="0">
         <f>D94*I94</f>
       </c>
       <c r="L94" s="0">
         <f>E94*I94</f>
       </c>
       <c r="M94" s="0">
         <f>F94*I94</f>
       </c>
       <c r="N94" s="0">
         <f>G94*I94</f>
       </c>
       <c r="O94" s="0">
         <f>H94*I94</f>
       </c>
     </row>
     <row r="95" ht="45" customHeight="1" outlineLevel="1">
       <c r="A95" s="3"/>
       <c r="B95" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>186</v>
       </c>
       <c r="D95" s="5">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E95" s="5">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F95" s="5">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G95" s="5">
-        <v>22.5</v>
+        <v>28</v>
       </c>
       <c r="H95" s="5">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I95" s="6"/>
       <c r="J95" s="5">
         <f>IF( 5000&gt;K4,K95,IF( 10000&gt;L4,L95,IF( 15000&gt;M4,M95,IF( 20000&gt;N4,N95,O95))))</f>
       </c>
       <c r="K95" s="0">
         <f>D95*I95</f>
       </c>
       <c r="L95" s="0">
         <f>E95*I95</f>
       </c>
       <c r="M95" s="0">
         <f>F95*I95</f>
       </c>
       <c r="N95" s="0">
         <f>G95*I95</f>
       </c>
       <c r="O95" s="0">
         <f>H95*I95</f>
       </c>
     </row>
     <row r="96" ht="45" customHeight="1" outlineLevel="1">
       <c r="A96" s="3"/>
       <c r="B96" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>188</v>
       </c>
       <c r="D96" s="5">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="E96" s="5">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F96" s="5">
-        <v>30</v>
+        <v>20.5</v>
       </c>
       <c r="G96" s="5">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="H96" s="5">
-        <v>26</v>
+        <v>17.5</v>
       </c>
       <c r="I96" s="6"/>
       <c r="J96" s="5">
         <f>IF( 5000&gt;K4,K96,IF( 10000&gt;L4,L96,IF( 15000&gt;M4,M96,IF( 20000&gt;N4,N96,O96))))</f>
       </c>
       <c r="K96" s="0">
         <f>D96*I96</f>
       </c>
       <c r="L96" s="0">
         <f>E96*I96</f>
       </c>
       <c r="M96" s="0">
         <f>F96*I96</f>
       </c>
       <c r="N96" s="0">
         <f>G96*I96</f>
       </c>
       <c r="O96" s="0">
         <f>H96*I96</f>
       </c>
     </row>
     <row r="97" ht="45" customHeight="1" outlineLevel="1">
       <c r="A97" s="3"/>
       <c r="B97" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C97" s="4" t="s">
         <v>190</v>
       </c>
       <c r="D97" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="E97" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="F97" s="5">
+        <v>24.5</v>
+      </c>
+      <c r="G97" s="5">
         <v>23</v>
       </c>
-      <c r="E97" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="H97" s="5">
-        <v>17.5</v>
+        <v>21.5</v>
       </c>
       <c r="I97" s="6"/>
       <c r="J97" s="5">
         <f>IF( 5000&gt;K4,K97,IF( 10000&gt;L4,L97,IF( 15000&gt;M4,M97,IF( 20000&gt;N4,N97,O97))))</f>
       </c>
       <c r="K97" s="0">
         <f>D97*I97</f>
       </c>
       <c r="L97" s="0">
         <f>E97*I97</f>
       </c>
       <c r="M97" s="0">
         <f>F97*I97</f>
       </c>
       <c r="N97" s="0">
         <f>G97*I97</f>
       </c>
       <c r="O97" s="0">
         <f>H97*I97</f>
       </c>
     </row>
     <row r="98" ht="45" customHeight="1" outlineLevel="1">
       <c r="A98" s="3"/>
       <c r="B98" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C98" s="4" t="s">
         <v>192</v>
       </c>
       <c r="D98" s="5">
-        <v>27.5</v>
+        <v>18</v>
       </c>
       <c r="E98" s="5">
-        <v>27.5</v>
+        <v>18</v>
       </c>
       <c r="F98" s="5">
-        <v>24.5</v>
+        <v>16</v>
       </c>
       <c r="G98" s="5">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H98" s="5">
-        <v>21.5</v>
+        <v>14</v>
       </c>
       <c r="I98" s="6"/>
       <c r="J98" s="5">
         <f>IF( 5000&gt;K4,K98,IF( 10000&gt;L4,L98,IF( 15000&gt;M4,M98,IF( 20000&gt;N4,N98,O98))))</f>
       </c>
       <c r="K98" s="0">
         <f>D98*I98</f>
       </c>
       <c r="L98" s="0">
         <f>E98*I98</f>
       </c>
       <c r="M98" s="0">
         <f>F98*I98</f>
       </c>
       <c r="N98" s="0">
         <f>G98*I98</f>
       </c>
       <c r="O98" s="0">
         <f>H98*I98</f>
       </c>
     </row>
     <row r="99" ht="45" customHeight="1" outlineLevel="1">
       <c r="A99" s="3"/>
       <c r="B99" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>194</v>
       </c>
       <c r="D99" s="5">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="E99" s="5">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F99" s="5">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G99" s="5">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="H99" s="5">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="I99" s="6"/>
       <c r="J99" s="5">
         <f>IF( 5000&gt;K4,K99,IF( 10000&gt;L4,L99,IF( 15000&gt;M4,M99,IF( 20000&gt;N4,N99,O99))))</f>
       </c>
       <c r="K99" s="0">
         <f>D99*I99</f>
       </c>
       <c r="L99" s="0">
         <f>E99*I99</f>
       </c>
       <c r="M99" s="0">
         <f>F99*I99</f>
       </c>
       <c r="N99" s="0">
         <f>G99*I99</f>
       </c>
       <c r="O99" s="0">
         <f>H99*I99</f>
       </c>
     </row>
     <row r="100" ht="45" customHeight="1" outlineLevel="1">
       <c r="A100" s="3"/>
       <c r="B100" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C100" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D100" s="5">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="E100" s="5">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="F100" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="G100" s="5">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="H100" s="5">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="I100" s="6"/>
       <c r="J100" s="5">
         <f>IF( 5000&gt;K4,K100,IF( 10000&gt;L4,L100,IF( 15000&gt;M4,M100,IF( 20000&gt;N4,N100,O100))))</f>
       </c>
       <c r="K100" s="0">
         <f>D100*I100</f>
       </c>
       <c r="L100" s="0">
         <f>E100*I100</f>
       </c>
       <c r="M100" s="0">
         <f>F100*I100</f>
       </c>
       <c r="N100" s="0">
         <f>G100*I100</f>
       </c>
       <c r="O100" s="0">
         <f>H100*I100</f>
       </c>
     </row>
     <row r="101" ht="45" customHeight="1" outlineLevel="1">
       <c r="A101" s="3"/>
       <c r="B101" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C101" s="4" t="s">
         <v>198</v>
       </c>
       <c r="D101" s="5">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="E101" s="5">
-        <v>107</v>
+        <v>79</v>
       </c>
       <c r="F101" s="5">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="G101" s="5">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="H101" s="5">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="I101" s="6"/>
       <c r="J101" s="5">
         <f>IF( 5000&gt;K4,K101,IF( 10000&gt;L4,L101,IF( 15000&gt;M4,M101,IF( 20000&gt;N4,N101,O101))))</f>
       </c>
       <c r="K101" s="0">
         <f>D101*I101</f>
       </c>
       <c r="L101" s="0">
         <f>E101*I101</f>
       </c>
       <c r="M101" s="0">
         <f>F101*I101</f>
       </c>
       <c r="N101" s="0">
         <f>G101*I101</f>
       </c>
       <c r="O101" s="0">
         <f>H101*I101</f>
       </c>
     </row>
     <row r="102" ht="45" customHeight="1" outlineLevel="1">
       <c r="A102" s="3"/>
       <c r="B102" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>200</v>
       </c>
       <c r="D102" s="5">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="E102" s="5">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="F102" s="5">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G102" s="5">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="H102" s="5">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="I102" s="6"/>
       <c r="J102" s="5">
         <f>IF( 5000&gt;K4,K102,IF( 10000&gt;L4,L102,IF( 15000&gt;M4,M102,IF( 20000&gt;N4,N102,O102))))</f>
       </c>
       <c r="K102" s="0">
         <f>D102*I102</f>
       </c>
       <c r="L102" s="0">
         <f>E102*I102</f>
       </c>
       <c r="M102" s="0">
         <f>F102*I102</f>
       </c>
       <c r="N102" s="0">
         <f>G102*I102</f>
       </c>
       <c r="O102" s="0">
         <f>H102*I102</f>
       </c>
     </row>
     <row r="103" ht="45" customHeight="1" outlineLevel="1">
       <c r="A103" s="3"/>
       <c r="B103" s="2" t="s">
         <v>201</v>
       </c>
       <c r="C103" s="4" t="s">
         <v>202</v>
       </c>
       <c r="D103" s="5">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="E103" s="5">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="F103" s="5">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G103" s="5">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="H103" s="5">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="I103" s="6"/>
       <c r="J103" s="5">
         <f>IF( 5000&gt;K4,K103,IF( 10000&gt;L4,L103,IF( 15000&gt;M4,M103,IF( 20000&gt;N4,N103,O103))))</f>
       </c>
       <c r="K103" s="0">
         <f>D103*I103</f>
       </c>
       <c r="L103" s="0">
         <f>E103*I103</f>
       </c>
       <c r="M103" s="0">
         <f>F103*I103</f>
       </c>
       <c r="N103" s="0">
         <f>G103*I103</f>
       </c>
       <c r="O103" s="0">
         <f>H103*I103</f>
       </c>
     </row>
     <row r="104" ht="45" customHeight="1" outlineLevel="1">
       <c r="A104" s="3"/>
       <c r="B104" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>204</v>
       </c>
       <c r="D104" s="5">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="E104" s="5">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="F104" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="G104" s="5">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="H104" s="5">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="I104" s="6"/>
       <c r="J104" s="5">
         <f>IF( 5000&gt;K4,K104,IF( 10000&gt;L4,L104,IF( 15000&gt;M4,M104,IF( 20000&gt;N4,N104,O104))))</f>
       </c>
       <c r="K104" s="0">
         <f>D104*I104</f>
       </c>
       <c r="L104" s="0">
         <f>E104*I104</f>
       </c>
       <c r="M104" s="0">
         <f>F104*I104</f>
       </c>
       <c r="N104" s="0">
         <f>G104*I104</f>
       </c>
       <c r="O104" s="0">
         <f>H104*I104</f>
       </c>
     </row>
     <row r="105" ht="45" customHeight="1" outlineLevel="1">
       <c r="A105" s="3"/>
       <c r="B105" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C105" s="4" t="s">
         <v>206</v>
       </c>
       <c r="D105" s="5">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="E105" s="5">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="F105" s="5">
-        <v>39</v>
+        <v>86</v>
       </c>
       <c r="G105" s="5">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="H105" s="5">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="I105" s="6"/>
       <c r="J105" s="5">
         <f>IF( 5000&gt;K4,K105,IF( 10000&gt;L4,L105,IF( 15000&gt;M4,M105,IF( 20000&gt;N4,N105,O105))))</f>
       </c>
       <c r="K105" s="0">
         <f>D105*I105</f>
       </c>
       <c r="L105" s="0">
         <f>E105*I105</f>
       </c>
       <c r="M105" s="0">
         <f>F105*I105</f>
       </c>
       <c r="N105" s="0">
         <f>G105*I105</f>
       </c>
       <c r="O105" s="0">
         <f>H105*I105</f>
       </c>
     </row>
     <row r="106" ht="45" customHeight="1" outlineLevel="1">
       <c r="A106" s="3"/>
       <c r="B106" s="2" t="s">
         <v>207</v>
       </c>
       <c r="C106" s="4" t="s">
         <v>208</v>
       </c>
       <c r="D106" s="5">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="E106" s="5">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="F106" s="5">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="G106" s="5">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="H106" s="5">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="I106" s="6"/>
       <c r="J106" s="5">
         <f>IF( 5000&gt;K4,K106,IF( 10000&gt;L4,L106,IF( 15000&gt;M4,M106,IF( 20000&gt;N4,N106,O106))))</f>
       </c>
       <c r="K106" s="0">
         <f>D106*I106</f>
       </c>
       <c r="L106" s="0">
         <f>E106*I106</f>
       </c>
       <c r="M106" s="0">
         <f>F106*I106</f>
       </c>
       <c r="N106" s="0">
         <f>G106*I106</f>
       </c>
       <c r="O106" s="0">
         <f>H106*I106</f>
       </c>
     </row>
     <row r="107" ht="45" customHeight="1" outlineLevel="1">
       <c r="A107" s="3"/>
       <c r="B107" s="2" t="s">
         <v>209</v>
       </c>
       <c r="C107" s="4" t="s">
         <v>210</v>
       </c>
       <c r="D107" s="5">
-        <v>80</v>
+        <v>9.6999998092651367</v>
       </c>
       <c r="E107" s="5">
-        <v>80</v>
+        <v>9.6999998092651367</v>
       </c>
       <c r="F107" s="5">
-        <v>74</v>
+        <v>8.6999998092651367</v>
       </c>
       <c r="G107" s="5">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="H107" s="5">
-        <v>66</v>
+        <v>7.1999998092651367</v>
       </c>
       <c r="I107" s="6"/>
       <c r="J107" s="5">
         <f>IF( 5000&gt;K4,K107,IF( 10000&gt;L4,L107,IF( 15000&gt;M4,M107,IF( 20000&gt;N4,N107,O107))))</f>
       </c>
       <c r="K107" s="0">
         <f>D107*I107</f>
       </c>
       <c r="L107" s="0">
         <f>E107*I107</f>
       </c>
       <c r="M107" s="0">
         <f>F107*I107</f>
       </c>
       <c r="N107" s="0">
         <f>G107*I107</f>
       </c>
       <c r="O107" s="0">
         <f>H107*I107</f>
       </c>
     </row>
     <row r="108" ht="45" customHeight="1" outlineLevel="1">
       <c r="A108" s="3"/>
       <c r="B108" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C108" s="4" t="s">
         <v>212</v>
       </c>
       <c r="D108" s="5">
-        <v>9.6999998092651367</v>
+        <v>11.5</v>
       </c>
       <c r="E108" s="5">
-        <v>9.6999998092651367</v>
+        <v>11.5</v>
       </c>
       <c r="F108" s="5">
-        <v>8.6999998092651367</v>
+        <v>10.5</v>
       </c>
       <c r="G108" s="5">
-        <v>8</v>
+        <v>9.5</v>
       </c>
       <c r="H108" s="5">
-        <v>7.1999998092651367</v>
+        <v>8.5</v>
       </c>
       <c r="I108" s="6"/>
       <c r="J108" s="5">
         <f>IF( 5000&gt;K4,K108,IF( 10000&gt;L4,L108,IF( 15000&gt;M4,M108,IF( 20000&gt;N4,N108,O108))))</f>
       </c>
       <c r="K108" s="0">
         <f>D108*I108</f>
       </c>
       <c r="L108" s="0">
         <f>E108*I108</f>
       </c>
       <c r="M108" s="0">
         <f>F108*I108</f>
       </c>
       <c r="N108" s="0">
         <f>G108*I108</f>
       </c>
       <c r="O108" s="0">
         <f>H108*I108</f>
       </c>
     </row>
     <row r="109" ht="45" customHeight="1" outlineLevel="1">
       <c r="A109" s="3"/>
       <c r="B109" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C109" s="4" t="s">
         <v>214</v>
       </c>
       <c r="D109" s="5">
-        <v>11.5</v>
+        <v>14.699999809265137</v>
       </c>
       <c r="E109" s="5">
-        <v>11.5</v>
+        <v>14.699999809265137</v>
       </c>
       <c r="F109" s="5">
-        <v>10.5</v>
+        <v>12.699999809265137</v>
       </c>
       <c r="G109" s="5">
-        <v>9.5</v>
+        <v>11.699999809265137</v>
       </c>
       <c r="H109" s="5">
-        <v>8.5</v>
+        <v>10.699999809265137</v>
       </c>
       <c r="I109" s="6"/>
       <c r="J109" s="5">
         <f>IF( 5000&gt;K4,K109,IF( 10000&gt;L4,L109,IF( 15000&gt;M4,M109,IF( 20000&gt;N4,N109,O109))))</f>
       </c>
       <c r="K109" s="0">
         <f>D109*I109</f>
       </c>
       <c r="L109" s="0">
         <f>E109*I109</f>
       </c>
       <c r="M109" s="0">
         <f>F109*I109</f>
       </c>
       <c r="N109" s="0">
         <f>G109*I109</f>
       </c>
       <c r="O109" s="0">
         <f>H109*I109</f>
       </c>
     </row>
     <row r="110" ht="45" customHeight="1" outlineLevel="1">
       <c r="A110" s="3"/>
       <c r="B110" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C110" s="4" t="s">
         <v>216</v>
       </c>
       <c r="D110" s="5">
-        <v>14.699999809265137</v>
+        <v>14.5</v>
       </c>
       <c r="E110" s="5">
-        <v>14.699999809265137</v>
+        <v>14.5</v>
       </c>
       <c r="F110" s="5">
-        <v>12.699999809265137</v>
+        <v>12.5</v>
       </c>
       <c r="G110" s="5">
-        <v>11.699999809265137</v>
+        <v>11.5</v>
       </c>
       <c r="H110" s="5">
-        <v>10.699999809265137</v>
+        <v>10.5</v>
       </c>
       <c r="I110" s="6"/>
       <c r="J110" s="5">
         <f>IF( 5000&gt;K4,K110,IF( 10000&gt;L4,L110,IF( 15000&gt;M4,M110,IF( 20000&gt;N4,N110,O110))))</f>
       </c>
       <c r="K110" s="0">
         <f>D110*I110</f>
       </c>
       <c r="L110" s="0">
         <f>E110*I110</f>
       </c>
       <c r="M110" s="0">
         <f>F110*I110</f>
       </c>
       <c r="N110" s="0">
         <f>G110*I110</f>
       </c>
       <c r="O110" s="0">
         <f>H110*I110</f>
       </c>
     </row>
     <row r="111" ht="45" customHeight="1" outlineLevel="1">
       <c r="A111" s="3"/>
       <c r="B111" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>218</v>
       </c>
       <c r="D111" s="5">
-        <v>14.5</v>
+        <v>44</v>
       </c>
       <c r="E111" s="5">
-        <v>14.5</v>
+        <v>44</v>
       </c>
       <c r="F111" s="5">
-        <v>12.5</v>
+        <v>39</v>
       </c>
       <c r="G111" s="5">
-        <v>11.5</v>
+        <v>36</v>
       </c>
       <c r="H111" s="5">
-        <v>10.5</v>
+        <v>33</v>
       </c>
       <c r="I111" s="6"/>
       <c r="J111" s="5">
         <f>IF( 5000&gt;K4,K111,IF( 10000&gt;L4,L111,IF( 15000&gt;M4,M111,IF( 20000&gt;N4,N111,O111))))</f>
       </c>
       <c r="K111" s="0">
         <f>D111*I111</f>
       </c>
       <c r="L111" s="0">
         <f>E111*I111</f>
       </c>
       <c r="M111" s="0">
         <f>F111*I111</f>
       </c>
       <c r="N111" s="0">
         <f>G111*I111</f>
       </c>
       <c r="O111" s="0">
         <f>H111*I111</f>
       </c>
     </row>
     <row r="112" ht="45" customHeight="1" outlineLevel="1">
       <c r="A112" s="3"/>
       <c r="B112" s="2" t="s">
         <v>219</v>
       </c>
       <c r="C112" s="4" t="s">
         <v>220</v>
       </c>
       <c r="D112" s="5">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E112" s="5">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="F112" s="5">
-        <v>39</v>
+        <v>8.5</v>
       </c>
       <c r="G112" s="5">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H112" s="5">
-        <v>33</v>
+        <v>7.5</v>
       </c>
       <c r="I112" s="6"/>
       <c r="J112" s="5">
         <f>IF( 5000&gt;K4,K112,IF( 10000&gt;L4,L112,IF( 15000&gt;M4,M112,IF( 20000&gt;N4,N112,O112))))</f>
       </c>
       <c r="K112" s="0">
         <f>D112*I112</f>
       </c>
       <c r="L112" s="0">
         <f>E112*I112</f>
       </c>
       <c r="M112" s="0">
         <f>F112*I112</f>
       </c>
       <c r="N112" s="0">
         <f>G112*I112</f>
       </c>
       <c r="O112" s="0">
         <f>H112*I112</f>
       </c>
     </row>
     <row r="113" ht="45" customHeight="1" outlineLevel="1">
       <c r="A113" s="3"/>
       <c r="B113" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>222</v>
       </c>
       <c r="D113" s="5">
-        <v>10</v>
+        <v>12.5</v>
       </c>
       <c r="E113" s="5">
-        <v>10</v>
+        <v>12.5</v>
       </c>
       <c r="F113" s="5">
-        <v>8.5</v>
+        <v>11.5</v>
       </c>
       <c r="G113" s="5">
-        <v>8</v>
+        <v>10.5</v>
       </c>
       <c r="H113" s="5">
-        <v>7.5</v>
+        <v>9.5</v>
       </c>
       <c r="I113" s="6"/>
       <c r="J113" s="5">
         <f>IF( 5000&gt;K4,K113,IF( 10000&gt;L4,L113,IF( 15000&gt;M4,M113,IF( 20000&gt;N4,N113,O113))))</f>
       </c>
       <c r="K113" s="0">
         <f>D113*I113</f>
       </c>
       <c r="L113" s="0">
         <f>E113*I113</f>
       </c>
       <c r="M113" s="0">
         <f>F113*I113</f>
       </c>
       <c r="N113" s="0">
         <f>G113*I113</f>
       </c>
       <c r="O113" s="0">
         <f>H113*I113</f>
       </c>
     </row>
     <row r="114" ht="45" customHeight="1" outlineLevel="1">
       <c r="A114" s="3"/>
       <c r="B114" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C114" s="4" t="s">
         <v>224</v>
       </c>
       <c r="D114" s="5">
-        <v>12.5</v>
+        <v>17</v>
       </c>
       <c r="E114" s="5">
-        <v>12.5</v>
+        <v>17</v>
       </c>
       <c r="F114" s="5">
-        <v>11.5</v>
+        <v>15</v>
       </c>
       <c r="G114" s="5">
-        <v>10.5</v>
+        <v>13.5</v>
       </c>
       <c r="H114" s="5">
-        <v>9.5</v>
+        <v>13</v>
       </c>
       <c r="I114" s="6"/>
       <c r="J114" s="5">
         <f>IF( 5000&gt;K4,K114,IF( 10000&gt;L4,L114,IF( 15000&gt;M4,M114,IF( 20000&gt;N4,N114,O114))))</f>
       </c>
       <c r="K114" s="0">
         <f>D114*I114</f>
       </c>
       <c r="L114" s="0">
         <f>E114*I114</f>
       </c>
       <c r="M114" s="0">
         <f>F114*I114</f>
       </c>
       <c r="N114" s="0">
         <f>G114*I114</f>
       </c>
       <c r="O114" s="0">
         <f>H114*I114</f>
       </c>
     </row>
     <row r="115" ht="45" customHeight="1" outlineLevel="1">
       <c r="A115" s="3"/>
       <c r="B115" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>226</v>
       </c>
       <c r="D115" s="5">
-        <v>17</v>
+        <v>12.5</v>
       </c>
       <c r="E115" s="5">
-        <v>17</v>
+        <v>12.5</v>
       </c>
       <c r="F115" s="5">
-        <v>15</v>
+        <v>11.5</v>
       </c>
       <c r="G115" s="5">
-        <v>13.5</v>
+        <v>10.5</v>
       </c>
       <c r="H115" s="5">
-        <v>13</v>
+        <v>9.5</v>
       </c>
       <c r="I115" s="6"/>
       <c r="J115" s="5">
         <f>IF( 5000&gt;K4,K115,IF( 10000&gt;L4,L115,IF( 15000&gt;M4,M115,IF( 20000&gt;N4,N115,O115))))</f>
       </c>
       <c r="K115" s="0">
         <f>D115*I115</f>
       </c>
       <c r="L115" s="0">
         <f>E115*I115</f>
       </c>
       <c r="M115" s="0">
         <f>F115*I115</f>
       </c>
       <c r="N115" s="0">
         <f>G115*I115</f>
       </c>
       <c r="O115" s="0">
         <f>H115*I115</f>
       </c>
     </row>
     <row r="116" ht="45" customHeight="1" outlineLevel="1">
       <c r="A116" s="3"/>
       <c r="B116" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>228</v>
       </c>
       <c r="D116" s="5">
-        <v>12.5</v>
+        <v>27</v>
       </c>
       <c r="E116" s="5">
-        <v>12.5</v>
+        <v>27</v>
       </c>
       <c r="F116" s="5">
-        <v>11.5</v>
+        <v>25</v>
       </c>
       <c r="G116" s="5">
-        <v>10.5</v>
+        <v>23</v>
       </c>
       <c r="H116" s="5">
-        <v>9.5</v>
+        <v>21</v>
       </c>
       <c r="I116" s="6"/>
       <c r="J116" s="5">
         <f>IF( 5000&gt;K4,K116,IF( 10000&gt;L4,L116,IF( 15000&gt;M4,M116,IF( 20000&gt;N4,N116,O116))))</f>
       </c>
       <c r="K116" s="0">
         <f>D116*I116</f>
       </c>
       <c r="L116" s="0">
         <f>E116*I116</f>
       </c>
       <c r="M116" s="0">
         <f>F116*I116</f>
       </c>
       <c r="N116" s="0">
         <f>G116*I116</f>
       </c>
       <c r="O116" s="0">
         <f>H116*I116</f>
       </c>
     </row>
     <row r="117" ht="45" customHeight="1" outlineLevel="1">
       <c r="A117" s="3"/>
       <c r="B117" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C117" s="4" t="s">
         <v>230</v>
       </c>
       <c r="D117" s="5">
-        <v>27</v>
+        <v>7.5999999046325684</v>
       </c>
       <c r="E117" s="5">
-        <v>27</v>
+        <v>7.5999999046325684</v>
       </c>
       <c r="F117" s="5">
-        <v>25</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="G117" s="5">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="H117" s="5">
-        <v>21</v>
+        <v>5.5</v>
       </c>
       <c r="I117" s="6"/>
       <c r="J117" s="5">
         <f>IF( 5000&gt;K4,K117,IF( 10000&gt;L4,L117,IF( 15000&gt;M4,M117,IF( 20000&gt;N4,N117,O117))))</f>
       </c>
       <c r="K117" s="0">
         <f>D117*I117</f>
       </c>
       <c r="L117" s="0">
         <f>E117*I117</f>
       </c>
       <c r="M117" s="0">
         <f>F117*I117</f>
       </c>
       <c r="N117" s="0">
         <f>G117*I117</f>
       </c>
       <c r="O117" s="0">
         <f>H117*I117</f>
       </c>
     </row>
     <row r="118" ht="45" customHeight="1" outlineLevel="1">
       <c r="A118" s="3"/>
       <c r="B118" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C118" s="4" t="s">
         <v>232</v>
       </c>
       <c r="D118" s="5">
-        <v>7.5999999046325684</v>
+        <v>21</v>
       </c>
       <c r="E118" s="5">
-        <v>7.5999999046325684</v>
+        <v>21</v>
       </c>
       <c r="F118" s="5">
-        <v>6.6999998092651367</v>
+        <v>18.200000762939453</v>
       </c>
       <c r="G118" s="5">
-        <v>6</v>
+        <v>16.700000762939453</v>
       </c>
       <c r="H118" s="5">
-        <v>5.5</v>
+        <v>15.199999809265137</v>
       </c>
       <c r="I118" s="6"/>
       <c r="J118" s="5">
         <f>IF( 5000&gt;K4,K118,IF( 10000&gt;L4,L118,IF( 15000&gt;M4,M118,IF( 20000&gt;N4,N118,O118))))</f>
       </c>
       <c r="K118" s="0">
         <f>D118*I118</f>
       </c>
       <c r="L118" s="0">
         <f>E118*I118</f>
       </c>
       <c r="M118" s="0">
         <f>F118*I118</f>
       </c>
       <c r="N118" s="0">
         <f>G118*I118</f>
       </c>
       <c r="O118" s="0">
         <f>H118*I118</f>
       </c>
     </row>
     <row r="119" ht="45" customHeight="1" outlineLevel="1">
       <c r="A119" s="3"/>
       <c r="B119" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="4" t="s">
         <v>234</v>
       </c>
       <c r="D119" s="5">
-        <v>21</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="E119" s="5">
-        <v>21</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="F119" s="5">
-        <v>18.200000762939453</v>
+        <v>6.8000001907348633</v>
       </c>
       <c r="G119" s="5">
-        <v>16.700000762939453</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="H119" s="5">
-        <v>15.199999809265137</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="I119" s="6"/>
       <c r="J119" s="5">
         <f>IF( 5000&gt;K4,K119,IF( 10000&gt;L4,L119,IF( 15000&gt;M4,M119,IF( 20000&gt;N4,N119,O119))))</f>
       </c>
       <c r="K119" s="0">
         <f>D119*I119</f>
       </c>
       <c r="L119" s="0">
         <f>E119*I119</f>
       </c>
       <c r="M119" s="0">
         <f>F119*I119</f>
       </c>
       <c r="N119" s="0">
         <f>G119*I119</f>
       </c>
       <c r="O119" s="0">
         <f>H119*I119</f>
       </c>
     </row>
     <row r="120" ht="45" customHeight="1" outlineLevel="1">
       <c r="A120" s="3"/>
       <c r="B120" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C120" s="4" t="s">
         <v>236</v>
       </c>
       <c r="D120" s="5">
-        <v>7.8000001907348633</v>
+        <v>6.4000000953674316</v>
       </c>
       <c r="E120" s="5">
-        <v>7.8000001907348633</v>
+        <v>6.4000000953674316</v>
       </c>
       <c r="F120" s="5">
-        <v>6.8000001907348633</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="G120" s="5">
-        <v>6.3000001907348633</v>
+        <v>5.5</v>
       </c>
       <c r="H120" s="5">
-        <v>5.8000001907348633</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="I120" s="6"/>
       <c r="J120" s="5">
         <f>IF( 5000&gt;K4,K120,IF( 10000&gt;L4,L120,IF( 15000&gt;M4,M120,IF( 20000&gt;N4,N120,O120))))</f>
       </c>
       <c r="K120" s="0">
         <f>D120*I120</f>
       </c>
       <c r="L120" s="0">
         <f>E120*I120</f>
       </c>
       <c r="M120" s="0">
         <f>F120*I120</f>
       </c>
       <c r="N120" s="0">
         <f>G120*I120</f>
       </c>
       <c r="O120" s="0">
         <f>H120*I120</f>
       </c>
     </row>
     <row r="121" ht="45" customHeight="1" outlineLevel="1">
       <c r="A121" s="3"/>
       <c r="B121" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="4" t="s">
         <v>238</v>
       </c>
       <c r="D121" s="5">
-        <v>6.4000000953674316</v>
+        <v>9</v>
       </c>
       <c r="E121" s="5">
-        <v>6.4000000953674316</v>
+        <v>9</v>
       </c>
       <c r="F121" s="5">
-        <v>5.8000001907348633</v>
+        <v>7.5999999046325684</v>
       </c>
       <c r="G121" s="5">
-        <v>5.5</v>
+        <v>7.0999999046325684</v>
       </c>
       <c r="H121" s="5">
-        <v>5.1999998092651367</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="I121" s="6"/>
       <c r="J121" s="5">
         <f>IF( 5000&gt;K4,K121,IF( 10000&gt;L4,L121,IF( 15000&gt;M4,M121,IF( 20000&gt;N4,N121,O121))))</f>
       </c>
       <c r="K121" s="0">
         <f>D121*I121</f>
       </c>
       <c r="L121" s="0">
         <f>E121*I121</f>
       </c>
       <c r="M121" s="0">
         <f>F121*I121</f>
       </c>
       <c r="N121" s="0">
         <f>G121*I121</f>
       </c>
       <c r="O121" s="0">
         <f>H121*I121</f>
       </c>
     </row>
     <row r="122" ht="45" customHeight="1" outlineLevel="1">
       <c r="A122" s="3"/>
       <c r="B122" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="4" t="s">
         <v>240</v>
       </c>
       <c r="D122" s="5">
-        <v>9</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="E122" s="5">
-        <v>9</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="F122" s="5">
-        <v>7.5999999046325684</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="G122" s="5">
-        <v>7.0999999046325684</v>
+        <v>5.3000001907348633</v>
       </c>
       <c r="H122" s="5">
-        <v>6.5999999046325684</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="I122" s="6"/>
       <c r="J122" s="5">
         <f>IF( 5000&gt;K4,K122,IF( 10000&gt;L4,L122,IF( 15000&gt;M4,M122,IF( 20000&gt;N4,N122,O122))))</f>
       </c>
       <c r="K122" s="0">
         <f>D122*I122</f>
       </c>
       <c r="L122" s="0">
         <f>E122*I122</f>
       </c>
       <c r="M122" s="0">
         <f>F122*I122</f>
       </c>
       <c r="N122" s="0">
         <f>G122*I122</f>
       </c>
       <c r="O122" s="0">
         <f>H122*I122</f>
       </c>
     </row>
     <row r="123" ht="45" customHeight="1" outlineLevel="1">
       <c r="A123" s="3"/>
       <c r="B123" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="4" t="s">
         <v>242</v>
       </c>
       <c r="D123" s="5">
-        <v>6.6999998092651367</v>
+        <v>11</v>
       </c>
       <c r="E123" s="5">
-        <v>6.6999998092651367</v>
+        <v>11</v>
       </c>
       <c r="F123" s="5">
-        <v>5.8000001907348633</v>
+        <v>9.8999996185302734</v>
       </c>
       <c r="G123" s="5">
-        <v>5.3000001907348633</v>
+        <v>9.1000003814697266</v>
       </c>
       <c r="H123" s="5">
-        <v>4.9000000953674316</v>
+        <v>8.3000001907348633</v>
       </c>
       <c r="I123" s="6"/>
       <c r="J123" s="5">
         <f>IF( 5000&gt;K4,K123,IF( 10000&gt;L4,L123,IF( 15000&gt;M4,M123,IF( 20000&gt;N4,N123,O123))))</f>
       </c>
       <c r="K123" s="0">
         <f>D123*I123</f>
       </c>
       <c r="L123" s="0">
         <f>E123*I123</f>
       </c>
       <c r="M123" s="0">
         <f>F123*I123</f>
       </c>
       <c r="N123" s="0">
         <f>G123*I123</f>
       </c>
       <c r="O123" s="0">
         <f>H123*I123</f>
       </c>
     </row>
     <row r="124" ht="45" customHeight="1" outlineLevel="1">
       <c r="A124" s="3"/>
       <c r="B124" s="2" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="4" t="s">
         <v>244</v>
       </c>
       <c r="D124" s="5">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="E124" s="5">
-        <v>11</v>
+        <v>57</v>
       </c>
       <c r="F124" s="5">
-        <v>9.8999996185302734</v>
+        <v>51</v>
       </c>
       <c r="G124" s="5">
-        <v>9.1000003814697266</v>
+        <v>48</v>
       </c>
       <c r="H124" s="5">
-        <v>8.3000001907348633</v>
+        <v>45</v>
       </c>
       <c r="I124" s="6"/>
       <c r="J124" s="5">
         <f>IF( 5000&gt;K4,K124,IF( 10000&gt;L4,L124,IF( 15000&gt;M4,M124,IF( 20000&gt;N4,N124,O124))))</f>
       </c>
       <c r="K124" s="0">
         <f>D124*I124</f>
       </c>
       <c r="L124" s="0">
         <f>E124*I124</f>
       </c>
       <c r="M124" s="0">
         <f>F124*I124</f>
       </c>
       <c r="N124" s="0">
         <f>G124*I124</f>
       </c>
       <c r="O124" s="0">
         <f>H124*I124</f>
       </c>
     </row>
     <row r="125" ht="45" customHeight="1" outlineLevel="1">
       <c r="A125" s="3"/>
       <c r="B125" s="2" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="4" t="s">
         <v>246</v>
       </c>
       <c r="D125" s="5">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="E125" s="5">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="F125" s="5">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="G125" s="5">
-        <v>48</v>
+        <v>14.5</v>
       </c>
       <c r="H125" s="5">
-        <v>45</v>
+        <v>13.5</v>
       </c>
       <c r="I125" s="6"/>
       <c r="J125" s="5">
         <f>IF( 5000&gt;K4,K125,IF( 10000&gt;L4,L125,IF( 15000&gt;M4,M125,IF( 20000&gt;N4,N125,O125))))</f>
       </c>
       <c r="K125" s="0">
         <f>D125*I125</f>
       </c>
       <c r="L125" s="0">
         <f>E125*I125</f>
       </c>
       <c r="M125" s="0">
         <f>F125*I125</f>
       </c>
       <c r="N125" s="0">
         <f>G125*I125</f>
       </c>
       <c r="O125" s="0">
         <f>H125*I125</f>
       </c>
     </row>
     <row r="126" ht="45" customHeight="1" outlineLevel="1">
       <c r="A126" s="3"/>
       <c r="B126" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="4" t="s">
         <v>248</v>
       </c>
       <c r="D126" s="5">
-        <v>18</v>
+        <v>16.5</v>
       </c>
       <c r="E126" s="5">
-        <v>18</v>
+        <v>16.5</v>
       </c>
       <c r="F126" s="5">
-        <v>16</v>
+        <v>14.5</v>
       </c>
       <c r="G126" s="5">
-        <v>14.5</v>
+        <v>13.5</v>
       </c>
       <c r="H126" s="5">
-        <v>13.5</v>
+        <v>12.5</v>
       </c>
       <c r="I126" s="6"/>
       <c r="J126" s="5">
         <f>IF( 5000&gt;K4,K126,IF( 10000&gt;L4,L126,IF( 15000&gt;M4,M126,IF( 20000&gt;N4,N126,O126))))</f>
       </c>
       <c r="K126" s="0">
         <f>D126*I126</f>
       </c>
       <c r="L126" s="0">
         <f>E126*I126</f>
       </c>
       <c r="M126" s="0">
         <f>F126*I126</f>
       </c>
       <c r="N126" s="0">
         <f>G126*I126</f>
       </c>
       <c r="O126" s="0">
         <f>H126*I126</f>
       </c>
     </row>
     <row r="127" ht="45" customHeight="1" outlineLevel="1">
       <c r="A127" s="3"/>
       <c r="B127" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>250</v>
       </c>
       <c r="D127" s="5">
-        <v>16.5</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="E127" s="5">
-        <v>16.5</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="F127" s="5">
-        <v>14.5</v>
+        <v>8.8999996185302734</v>
       </c>
       <c r="G127" s="5">
-        <v>13.5</v>
+        <v>8.1000003814697266</v>
       </c>
       <c r="H127" s="5">
-        <v>12.5</v>
+        <v>7.3000001907348633</v>
       </c>
       <c r="I127" s="6"/>
       <c r="J127" s="5">
         <f>IF( 5000&gt;K4,K127,IF( 10000&gt;L4,L127,IF( 15000&gt;M4,M127,IF( 20000&gt;N4,N127,O127))))</f>
       </c>
       <c r="K127" s="0">
         <f>D127*I127</f>
       </c>
       <c r="L127" s="0">
         <f>E127*I127</f>
       </c>
       <c r="M127" s="0">
         <f>F127*I127</f>
       </c>
       <c r="N127" s="0">
         <f>G127*I127</f>
       </c>
       <c r="O127" s="0">
         <f>H127*I127</f>
       </c>
     </row>
     <row r="128" ht="45" customHeight="1" outlineLevel="1">
       <c r="A128" s="3"/>
       <c r="B128" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>252</v>
       </c>
       <c r="D128" s="5">
-        <v>9.8000001907348633</v>
+        <v>121</v>
       </c>
       <c r="E128" s="5">
-        <v>9.8000001907348633</v>
+        <v>121</v>
       </c>
       <c r="F128" s="5">
-        <v>8.8999996185302734</v>
+        <v>113</v>
       </c>
       <c r="G128" s="5">
-        <v>8.1000003814697266</v>
+        <v>109</v>
       </c>
       <c r="H128" s="5">
-        <v>7.3000001907348633</v>
+        <v>105</v>
       </c>
       <c r="I128" s="6"/>
       <c r="J128" s="5">
         <f>IF( 5000&gt;K4,K128,IF( 10000&gt;L4,L128,IF( 15000&gt;M4,M128,IF( 20000&gt;N4,N128,O128))))</f>
       </c>
       <c r="K128" s="0">
         <f>D128*I128</f>
       </c>
       <c r="L128" s="0">
         <f>E128*I128</f>
       </c>
       <c r="M128" s="0">
         <f>F128*I128</f>
       </c>
       <c r="N128" s="0">
         <f>G128*I128</f>
       </c>
       <c r="O128" s="0">
         <f>H128*I128</f>
       </c>
     </row>
     <row r="129" ht="45" customHeight="1" outlineLevel="1">
       <c r="A129" s="3"/>
       <c r="B129" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C129" s="4" t="s">
         <v>254</v>
       </c>
       <c r="D129" s="5">
-        <v>121</v>
+        <v>7.0999999046325684</v>
       </c>
       <c r="E129" s="5">
-        <v>121</v>
+        <v>7.0999999046325684</v>
       </c>
       <c r="F129" s="5">
-        <v>113</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="G129" s="5">
-        <v>109</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="H129" s="5">
-        <v>105</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="I129" s="6"/>
       <c r="J129" s="5">
         <f>IF( 5000&gt;K4,K129,IF( 10000&gt;L4,L129,IF( 15000&gt;M4,M129,IF( 20000&gt;N4,N129,O129))))</f>
       </c>
       <c r="K129" s="0">
         <f>D129*I129</f>
       </c>
       <c r="L129" s="0">
         <f>E129*I129</f>
       </c>
       <c r="M129" s="0">
         <f>F129*I129</f>
       </c>
       <c r="N129" s="0">
         <f>G129*I129</f>
       </c>
       <c r="O129" s="0">
         <f>H129*I129</f>
       </c>
     </row>
     <row r="130" ht="45" customHeight="1" outlineLevel="1">
       <c r="A130" s="3"/>
       <c r="B130" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C130" s="4" t="s">
         <v>256</v>
       </c>
       <c r="D130" s="5">
-        <v>7.0999999046325684</v>
+        <v>21</v>
       </c>
       <c r="E130" s="5">
-        <v>7.0999999046325684</v>
+        <v>21</v>
       </c>
       <c r="F130" s="5">
-        <v>6.3000001907348633</v>
+        <v>18</v>
       </c>
       <c r="G130" s="5">
-        <v>5.6999998092651367</v>
+        <v>17</v>
       </c>
       <c r="H130" s="5">
-        <v>5.1999998092651367</v>
+        <v>15.5</v>
       </c>
       <c r="I130" s="6"/>
       <c r="J130" s="5">
         <f>IF( 5000&gt;K4,K130,IF( 10000&gt;L4,L130,IF( 15000&gt;M4,M130,IF( 20000&gt;N4,N130,O130))))</f>
       </c>
       <c r="K130" s="0">
         <f>D130*I130</f>
       </c>
       <c r="L130" s="0">
         <f>E130*I130</f>
       </c>
       <c r="M130" s="0">
         <f>F130*I130</f>
       </c>
       <c r="N130" s="0">
         <f>G130*I130</f>
       </c>
       <c r="O130" s="0">
         <f>H130*I130</f>
       </c>
     </row>
     <row r="131" ht="45" customHeight="1" outlineLevel="1">
       <c r="A131" s="3"/>
       <c r="B131" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C131" s="4" t="s">
         <v>258</v>
       </c>
       <c r="D131" s="5">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="E131" s="5">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="F131" s="5">
-        <v>18</v>
+        <v>11.100000381469727</v>
       </c>
       <c r="G131" s="5">
-        <v>17</v>
+        <v>10.100000381469727</v>
       </c>
       <c r="H131" s="5">
-        <v>15.5</v>
+        <v>9.1000003814697266</v>
       </c>
       <c r="I131" s="6"/>
       <c r="J131" s="5">
         <f>IF( 5000&gt;K4,K131,IF( 10000&gt;L4,L131,IF( 15000&gt;M4,M131,IF( 20000&gt;N4,N131,O131))))</f>
       </c>
       <c r="K131" s="0">
         <f>D131*I131</f>
       </c>
       <c r="L131" s="0">
         <f>E131*I131</f>
       </c>
       <c r="M131" s="0">
         <f>F131*I131</f>
       </c>
       <c r="N131" s="0">
         <f>G131*I131</f>
       </c>
       <c r="O131" s="0">
         <f>H131*I131</f>
       </c>
     </row>
     <row r="132" ht="45" customHeight="1" outlineLevel="1">
       <c r="A132" s="3"/>
       <c r="B132" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C132" s="4" t="s">
         <v>260</v>
       </c>
       <c r="D132" s="5">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E132" s="5">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F132" s="5">
-        <v>11.100000381469727</v>
+        <v>7.9000000953674316</v>
       </c>
       <c r="G132" s="5">
-        <v>10.100000381469727</v>
+        <v>7.3000001907348633</v>
       </c>
       <c r="H132" s="5">
-        <v>9.1000003814697266</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="I132" s="6"/>
       <c r="J132" s="5">
         <f>IF( 5000&gt;K4,K132,IF( 10000&gt;L4,L132,IF( 15000&gt;M4,M132,IF( 20000&gt;N4,N132,O132))))</f>
       </c>
       <c r="K132" s="0">
         <f>D132*I132</f>
       </c>
       <c r="L132" s="0">
         <f>E132*I132</f>
       </c>
       <c r="M132" s="0">
         <f>F132*I132</f>
       </c>
       <c r="N132" s="0">
         <f>G132*I132</f>
       </c>
       <c r="O132" s="0">
         <f>H132*I132</f>
       </c>
     </row>
     <row r="133" ht="45" customHeight="1" outlineLevel="1">
       <c r="A133" s="3"/>
       <c r="B133" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C133" s="4" t="s">
         <v>262</v>
       </c>
       <c r="D133" s="5">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="E133" s="5">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F133" s="5">
-        <v>7.9000000953674316</v>
+        <v>28</v>
       </c>
       <c r="G133" s="5">
-        <v>7.3000001907348633</v>
+        <v>26</v>
       </c>
       <c r="H133" s="5">
-        <v>6.6999998092651367</v>
+        <v>24</v>
       </c>
       <c r="I133" s="6"/>
       <c r="J133" s="5">
         <f>IF( 5000&gt;K4,K133,IF( 10000&gt;L4,L133,IF( 15000&gt;M4,M133,IF( 20000&gt;N4,N133,O133))))</f>
       </c>
       <c r="K133" s="0">
         <f>D133*I133</f>
       </c>
       <c r="L133" s="0">
         <f>E133*I133</f>
       </c>
       <c r="M133" s="0">
         <f>F133*I133</f>
       </c>
       <c r="N133" s="0">
         <f>G133*I133</f>
       </c>
       <c r="O133" s="0">
         <f>H133*I133</f>
       </c>
     </row>
     <row r="134" ht="45" customHeight="1" outlineLevel="1">
       <c r="A134" s="3"/>
       <c r="B134" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>264</v>
       </c>
       <c r="D134" s="5">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E134" s="5">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F134" s="5">
+        <v>33</v>
+      </c>
+      <c r="G134" s="5">
+        <v>30</v>
+      </c>
+      <c r="H134" s="5">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I134" s="6"/>
       <c r="J134" s="5">
         <f>IF( 5000&gt;K4,K134,IF( 10000&gt;L4,L134,IF( 15000&gt;M4,M134,IF( 20000&gt;N4,N134,O134))))</f>
       </c>
       <c r="K134" s="0">
         <f>D134*I134</f>
       </c>
       <c r="L134" s="0">
         <f>E134*I134</f>
       </c>
       <c r="M134" s="0">
         <f>F134*I134</f>
       </c>
       <c r="N134" s="0">
         <f>G134*I134</f>
       </c>
       <c r="O134" s="0">
         <f>H134*I134</f>
       </c>
     </row>
     <row r="135" ht="45" customHeight="1" outlineLevel="1">
       <c r="A135" s="3"/>
       <c r="B135" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C135" s="4" t="s">
         <v>266</v>
       </c>
       <c r="D135" s="5">
-        <v>37</v>
+        <v>159.99710083007813</v>
       </c>
       <c r="E135" s="5">
-        <v>37</v>
+        <v>159.99710083007813</v>
       </c>
       <c r="F135" s="5">
-        <v>33</v>
+        <v>148.00079345703125</v>
       </c>
       <c r="G135" s="5">
-        <v>30</v>
+        <v>141.99639892578125</v>
       </c>
       <c r="H135" s="5">
-        <v>28</v>
+        <v>136.00450134277344</v>
       </c>
       <c r="I135" s="6"/>
       <c r="J135" s="5">
         <f>IF( 5000&gt;K4,K135,IF( 10000&gt;L4,L135,IF( 15000&gt;M4,M135,IF( 20000&gt;N4,N135,O135))))</f>
       </c>
       <c r="K135" s="0">
         <f>D135*I135</f>
       </c>
       <c r="L135" s="0">
         <f>E135*I135</f>
       </c>
       <c r="M135" s="0">
         <f>F135*I135</f>
       </c>
       <c r="N135" s="0">
         <f>G135*I135</f>
       </c>
       <c r="O135" s="0">
         <f>H135*I135</f>
       </c>
     </row>
     <row r="136" ht="45" customHeight="1" outlineLevel="1">
       <c r="A136" s="3"/>
       <c r="B136" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C136" s="4" t="s">
         <v>268</v>
       </c>
       <c r="D136" s="5">
-        <v>159.99710083007813</v>
+        <v>61</v>
       </c>
       <c r="E136" s="5">
-        <v>159.99710083007813</v>
+        <v>61</v>
       </c>
       <c r="F136" s="5">
-        <v>148.00079345703125</v>
+        <v>55</v>
       </c>
       <c r="G136" s="5">
-        <v>141.99639892578125</v>
+        <v>52</v>
       </c>
       <c r="H136" s="5">
-        <v>136.00450134277344</v>
+        <v>49</v>
       </c>
       <c r="I136" s="6"/>
       <c r="J136" s="5">
         <f>IF( 5000&gt;K4,K136,IF( 10000&gt;L4,L136,IF( 15000&gt;M4,M136,IF( 20000&gt;N4,N136,O136))))</f>
       </c>
       <c r="K136" s="0">
         <f>D136*I136</f>
       </c>
       <c r="L136" s="0">
         <f>E136*I136</f>
       </c>
       <c r="M136" s="0">
         <f>F136*I136</f>
       </c>
       <c r="N136" s="0">
         <f>G136*I136</f>
       </c>
       <c r="O136" s="0">
         <f>H136*I136</f>
       </c>
     </row>
     <row r="137" ht="45" customHeight="1" outlineLevel="1">
       <c r="A137" s="3"/>
       <c r="B137" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C137" s="4" t="s">
         <v>270</v>
       </c>
       <c r="D137" s="5">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E137" s="5">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F137" s="5">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G137" s="5">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="H137" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I137" s="6"/>
       <c r="J137" s="5">
         <f>IF( 5000&gt;K4,K137,IF( 10000&gt;L4,L137,IF( 15000&gt;M4,M137,IF( 20000&gt;N4,N137,O137))))</f>
       </c>
       <c r="K137" s="0">
         <f>D137*I137</f>
       </c>
       <c r="L137" s="0">
         <f>E137*I137</f>
       </c>
       <c r="M137" s="0">
         <f>F137*I137</f>
       </c>
       <c r="N137" s="0">
         <f>G137*I137</f>
       </c>
       <c r="O137" s="0">
         <f>H137*I137</f>
       </c>
     </row>
     <row r="138" ht="45" customHeight="1" outlineLevel="1">
       <c r="A138" s="3"/>
       <c r="B138" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C138" s="4" t="s">
         <v>272</v>
       </c>
       <c r="D138" s="5">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E138" s="5">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="F138" s="5">
-        <v>51</v>
+        <v>11.600000381469727</v>
       </c>
       <c r="G138" s="5">
-        <v>49</v>
+        <v>10.600000381469727</v>
       </c>
       <c r="H138" s="5">
-        <v>47</v>
+        <v>9.6000003814697266</v>
       </c>
       <c r="I138" s="6"/>
       <c r="J138" s="5">
         <f>IF( 5000&gt;K4,K138,IF( 10000&gt;L4,L138,IF( 15000&gt;M4,M138,IF( 20000&gt;N4,N138,O138))))</f>
       </c>
       <c r="K138" s="0">
         <f>D138*I138</f>
       </c>
       <c r="L138" s="0">
         <f>E138*I138</f>
       </c>
       <c r="M138" s="0">
         <f>F138*I138</f>
       </c>
       <c r="N138" s="0">
         <f>G138*I138</f>
       </c>
       <c r="O138" s="0">
         <f>H138*I138</f>
       </c>
     </row>
     <row r="139" ht="45" customHeight="1" outlineLevel="1">
       <c r="A139" s="3"/>
       <c r="B139" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C139" s="4" t="s">
         <v>274</v>
       </c>
       <c r="D139" s="5">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E139" s="5">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="F139" s="5">
-        <v>11.600000381469727</v>
+        <v>20</v>
       </c>
       <c r="G139" s="5">
-        <v>10.600000381469727</v>
+        <v>19</v>
       </c>
       <c r="H139" s="5">
-        <v>9.6000003814697266</v>
+        <v>17.5</v>
       </c>
       <c r="I139" s="6"/>
       <c r="J139" s="5">
         <f>IF( 5000&gt;K4,K139,IF( 10000&gt;L4,L139,IF( 15000&gt;M4,M139,IF( 20000&gt;N4,N139,O139))))</f>
       </c>
       <c r="K139" s="0">
         <f>D139*I139</f>
       </c>
       <c r="L139" s="0">
         <f>E139*I139</f>
       </c>
       <c r="M139" s="0">
         <f>F139*I139</f>
       </c>
       <c r="N139" s="0">
         <f>G139*I139</f>
       </c>
       <c r="O139" s="0">
         <f>H139*I139</f>
       </c>
     </row>
     <row r="140" ht="45" customHeight="1" outlineLevel="1">
       <c r="A140" s="3"/>
       <c r="B140" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>276</v>
       </c>
       <c r="D140" s="5">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="E140" s="5">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F140" s="5">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G140" s="5">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H140" s="5">
-        <v>17.5</v>
+        <v>27</v>
       </c>
       <c r="I140" s="6"/>
       <c r="J140" s="5">
         <f>IF( 5000&gt;K4,K140,IF( 10000&gt;L4,L140,IF( 15000&gt;M4,M140,IF( 20000&gt;N4,N140,O140))))</f>
       </c>
       <c r="K140" s="0">
         <f>D140*I140</f>
       </c>
       <c r="L140" s="0">
         <f>E140*I140</f>
       </c>
       <c r="M140" s="0">
         <f>F140*I140</f>
       </c>
       <c r="N140" s="0">
         <f>G140*I140</f>
       </c>
       <c r="O140" s="0">
         <f>H140*I140</f>
       </c>
     </row>
     <row r="141" ht="45" customHeight="1" outlineLevel="1">
       <c r="A141" s="3"/>
       <c r="B141" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C141" s="4" t="s">
         <v>278</v>
       </c>
       <c r="D141" s="5">
-        <v>35</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="E141" s="5">
-        <v>35</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="F141" s="5">
-        <v>31</v>
+        <v>6.8000001907348633</v>
       </c>
       <c r="G141" s="5">
-        <v>29</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="H141" s="5">
-        <v>27</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="I141" s="6"/>
       <c r="J141" s="5">
         <f>IF( 5000&gt;K4,K141,IF( 10000&gt;L4,L141,IF( 15000&gt;M4,M141,IF( 20000&gt;N4,N141,O141))))</f>
       </c>
       <c r="K141" s="0">
         <f>D141*I141</f>
       </c>
       <c r="L141" s="0">
         <f>E141*I141</f>
       </c>
       <c r="M141" s="0">
         <f>F141*I141</f>
       </c>
       <c r="N141" s="0">
         <f>G141*I141</f>
       </c>
       <c r="O141" s="0">
         <f>H141*I141</f>
       </c>
     </row>
     <row r="142" ht="45" customHeight="1" outlineLevel="1">
       <c r="A142" s="3"/>
       <c r="B142" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C142" s="4" t="s">
         <v>280</v>
       </c>
       <c r="D142" s="5">
-        <v>7.8000001907348633</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E142" s="5">
-        <v>7.8000001907348633</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F142" s="5">
-        <v>6.8000001907348633</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G142" s="5">
-        <v>6.3000001907348633</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H142" s="5">
-        <v>5.8000001907348633</v>
+        <v>4.5</v>
       </c>
       <c r="I142" s="6"/>
       <c r="J142" s="5">
         <f>IF( 5000&gt;K4,K142,IF( 10000&gt;L4,L142,IF( 15000&gt;M4,M142,IF( 20000&gt;N4,N142,O142))))</f>
       </c>
       <c r="K142" s="0">
         <f>D142*I142</f>
       </c>
       <c r="L142" s="0">
         <f>E142*I142</f>
       </c>
       <c r="M142" s="0">
         <f>F142*I142</f>
       </c>
       <c r="N142" s="0">
         <f>G142*I142</f>
       </c>
       <c r="O142" s="0">
         <f>H142*I142</f>
       </c>
     </row>
     <row r="143" ht="45" customHeight="1" outlineLevel="1">
       <c r="A143" s="3"/>
       <c r="B143" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C143" s="4" t="s">
         <v>282</v>
       </c>
       <c r="D143" s="5">
-        <v>5.6999998092651367</v>
+        <v>6.5</v>
       </c>
       <c r="E143" s="5">
-        <v>5.6999998092651367</v>
+        <v>6.5</v>
       </c>
       <c r="F143" s="5">
-        <v>5.0999999046325684</v>
+        <v>5.9000000953674316</v>
       </c>
       <c r="G143" s="5">
-        <v>4.8000001907348633</v>
+        <v>5.5999999046325684</v>
       </c>
       <c r="H143" s="5">
-        <v>4.5</v>
+        <v>5.3000001907348633</v>
       </c>
       <c r="I143" s="6"/>
       <c r="J143" s="5">
         <f>IF( 5000&gt;K4,K143,IF( 10000&gt;L4,L143,IF( 15000&gt;M4,M143,IF( 20000&gt;N4,N143,O143))))</f>
       </c>
       <c r="K143" s="0">
         <f>D143*I143</f>
       </c>
       <c r="L143" s="0">
         <f>E143*I143</f>
       </c>
       <c r="M143" s="0">
         <f>F143*I143</f>
       </c>
       <c r="N143" s="0">
         <f>G143*I143</f>
       </c>
       <c r="O143" s="0">
         <f>H143*I143</f>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="s">
         <v>283</v>
       </c>
@@ -19646,2708 +20827,2708 @@
         <v>45</v>
       </c>
       <c r="H168" s="5">
         <v>43</v>
       </c>
       <c r="I168" s="6"/>
       <c r="J168" s="5">
         <f>IF( 5000&gt;K4,K168,IF( 10000&gt;L4,L168,IF( 15000&gt;M4,M168,IF( 20000&gt;N4,N168,O168))))</f>
       </c>
       <c r="K168" s="0">
         <f>D168*I168</f>
       </c>
       <c r="L168" s="0">
         <f>E168*I168</f>
       </c>
       <c r="M168" s="0">
         <f>F168*I168</f>
       </c>
       <c r="N168" s="0">
         <f>G168*I168</f>
       </c>
       <c r="O168" s="0">
         <f>H168*I168</f>
       </c>
     </row>
-    <row r="169">
-      <c r="A169" s="1" t="s">
+    <row r="169" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A169" s="3"/>
+      <c r="B169" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="B169" s="1"/>
-[...11 lines deleted...]
-      <c r="B170" s="2" t="s">
+      <c r="C169" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="C170" s="4" t="s">
+      <c r="D169" s="5">
+        <v>92</v>
+      </c>
+      <c r="E169" s="5">
+        <v>92</v>
+      </c>
+      <c r="F169" s="5">
+        <v>86</v>
+      </c>
+      <c r="G169" s="5">
+        <v>83</v>
+      </c>
+      <c r="H169" s="5">
+        <v>80</v>
+      </c>
+      <c r="I169" s="6"/>
+      <c r="J169" s="5">
+        <f>IF( 5000&gt;K4,K169,IF( 10000&gt;L4,L169,IF( 15000&gt;M4,M169,IF( 20000&gt;N4,N169,O169))))</f>
+      </c>
+      <c r="K169" s="0">
+        <f>D169*I169</f>
+      </c>
+      <c r="L169" s="0">
+        <f>E169*I169</f>
+      </c>
+      <c r="M169" s="0">
+        <f>F169*I169</f>
+      </c>
+      <c r="N169" s="0">
+        <f>G169*I169</f>
+      </c>
+      <c r="O169" s="0">
+        <f>H169*I169</f>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D170" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B170" s="1"/>
+      <c r="C170" s="1"/>
+      <c r="D170" s="1"/>
+      <c r="E170" s="1"/>
+      <c r="F170" s="1"/>
+      <c r="G170" s="1"/>
+      <c r="H170" s="1"/>
+      <c r="I170" s="1"/>
+      <c r="J170" s="1"/>
     </row>
     <row r="171" ht="45" customHeight="1" outlineLevel="1">
       <c r="A171" s="3"/>
       <c r="B171" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C171" s="4" t="s">
         <v>335</v>
       </c>
       <c r="D171" s="5">
-        <v>753.40802001953125</v>
+        <v>1568.3365478515625</v>
       </c>
       <c r="E171" s="5">
-        <v>753.40802001953125</v>
+        <v>1568.3365478515625</v>
       </c>
       <c r="F171" s="5">
-        <v>706.32000732421875</v>
+        <v>1470.3155517578125</v>
       </c>
       <c r="G171" s="5">
-        <v>682.7760009765625</v>
+        <v>1421.3050537109375</v>
       </c>
       <c r="H171" s="5">
-        <v>659.23199462890625</v>
+        <v>1372.2945556640625</v>
       </c>
       <c r="I171" s="6"/>
       <c r="J171" s="5">
         <f>IF( 5000&gt;K4,K171,IF( 10000&gt;L4,L171,IF( 15000&gt;M4,M171,IF( 20000&gt;N4,N171,O171))))</f>
       </c>
       <c r="K171" s="0">
         <f>D171*I171</f>
       </c>
       <c r="L171" s="0">
         <f>E171*I171</f>
       </c>
       <c r="M171" s="0">
         <f>F171*I171</f>
       </c>
       <c r="N171" s="0">
         <f>G171*I171</f>
       </c>
       <c r="O171" s="0">
         <f>H171*I171</f>
       </c>
     </row>
     <row r="172" ht="45" customHeight="1" outlineLevel="1">
       <c r="A172" s="3"/>
       <c r="B172" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C172" s="4" t="s">
         <v>337</v>
       </c>
       <c r="D172" s="5">
-        <v>275.20001220703125</v>
+        <v>753.40802001953125</v>
       </c>
       <c r="E172" s="5">
-        <v>275.20001220703125</v>
+        <v>753.40802001953125</v>
       </c>
       <c r="F172" s="5">
-        <v>258</v>
+        <v>706.32000732421875</v>
       </c>
       <c r="G172" s="5">
-        <v>249.39999389648438</v>
+        <v>682.7760009765625</v>
       </c>
       <c r="H172" s="5">
-        <v>240.80000305175781</v>
+        <v>659.23199462890625</v>
       </c>
       <c r="I172" s="6"/>
       <c r="J172" s="5">
         <f>IF( 5000&gt;K4,K172,IF( 10000&gt;L4,L172,IF( 15000&gt;M4,M172,IF( 20000&gt;N4,N172,O172))))</f>
       </c>
       <c r="K172" s="0">
         <f>D172*I172</f>
       </c>
       <c r="L172" s="0">
         <f>E172*I172</f>
       </c>
       <c r="M172" s="0">
         <f>F172*I172</f>
       </c>
       <c r="N172" s="0">
         <f>G172*I172</f>
       </c>
       <c r="O172" s="0">
         <f>H172*I172</f>
       </c>
     </row>
     <row r="173" ht="45" customHeight="1" outlineLevel="1">
       <c r="A173" s="3"/>
       <c r="B173" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>339</v>
       </c>
       <c r="D173" s="5">
-        <v>1975.97705078125</v>
+        <v>275.20001220703125</v>
       </c>
       <c r="E173" s="5">
-        <v>1975.97705078125</v>
+        <v>275.20001220703125</v>
       </c>
       <c r="F173" s="5">
-        <v>1852.4791259765625</v>
+        <v>258</v>
       </c>
       <c r="G173" s="5">
-        <v>1790.7301025390625</v>
+        <v>249.39999389648438</v>
       </c>
       <c r="H173" s="5">
-        <v>1728.9810791015625</v>
+        <v>240.80000305175781</v>
       </c>
       <c r="I173" s="6"/>
       <c r="J173" s="5">
         <f>IF( 5000&gt;K4,K173,IF( 10000&gt;L4,L173,IF( 15000&gt;M4,M173,IF( 20000&gt;N4,N173,O173))))</f>
       </c>
       <c r="K173" s="0">
         <f>D173*I173</f>
       </c>
       <c r="L173" s="0">
         <f>E173*I173</f>
       </c>
       <c r="M173" s="0">
         <f>F173*I173</f>
       </c>
       <c r="N173" s="0">
         <f>G173*I173</f>
       </c>
       <c r="O173" s="0">
         <f>H173*I173</f>
       </c>
     </row>
     <row r="174" ht="45" customHeight="1" outlineLevel="1">
       <c r="A174" s="3"/>
       <c r="B174" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>341</v>
       </c>
       <c r="D174" s="5">
-        <v>1018.072021484375</v>
+        <v>1975.97705078125</v>
       </c>
       <c r="E174" s="5">
-        <v>1018.072021484375</v>
+        <v>1975.97705078125</v>
       </c>
       <c r="F174" s="5">
-        <v>954.4429931640625</v>
+        <v>1852.4791259765625</v>
       </c>
       <c r="G174" s="5">
-        <v>922.62847900390625</v>
+        <v>1790.7301025390625</v>
       </c>
       <c r="H174" s="5">
-        <v>890.81402587890625</v>
+        <v>1728.9810791015625</v>
       </c>
       <c r="I174" s="6"/>
       <c r="J174" s="5">
         <f>IF( 5000&gt;K4,K174,IF( 10000&gt;L4,L174,IF( 15000&gt;M4,M174,IF( 20000&gt;N4,N174,O174))))</f>
       </c>
       <c r="K174" s="0">
         <f>D174*I174</f>
       </c>
       <c r="L174" s="0">
         <f>E174*I174</f>
       </c>
       <c r="M174" s="0">
         <f>F174*I174</f>
       </c>
       <c r="N174" s="0">
         <f>G174*I174</f>
       </c>
       <c r="O174" s="0">
         <f>H174*I174</f>
       </c>
     </row>
     <row r="175" ht="45" customHeight="1" outlineLevel="1">
       <c r="A175" s="3"/>
       <c r="B175" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C175" s="4" t="s">
         <v>343</v>
       </c>
       <c r="D175" s="5">
-        <v>342.08718872070313</v>
+        <v>1018.072021484375</v>
       </c>
       <c r="E175" s="5">
-        <v>342.08718872070313</v>
+        <v>1018.072021484375</v>
       </c>
       <c r="F175" s="5">
-        <v>320.70721435546875</v>
+        <v>954.4429931640625</v>
       </c>
       <c r="G175" s="5">
-        <v>310.0172119140625</v>
+        <v>922.62847900390625</v>
       </c>
       <c r="H175" s="5">
-        <v>299.32720947265625</v>
+        <v>890.81402587890625</v>
       </c>
       <c r="I175" s="6"/>
       <c r="J175" s="5">
         <f>IF( 5000&gt;K4,K175,IF( 10000&gt;L4,L175,IF( 15000&gt;M4,M175,IF( 20000&gt;N4,N175,O175))))</f>
       </c>
       <c r="K175" s="0">
         <f>D175*I175</f>
       </c>
       <c r="L175" s="0">
         <f>E175*I175</f>
       </c>
       <c r="M175" s="0">
         <f>F175*I175</f>
       </c>
       <c r="N175" s="0">
         <f>G175*I175</f>
       </c>
       <c r="O175" s="0">
         <f>H175*I175</f>
       </c>
     </row>
     <row r="176" ht="45" customHeight="1" outlineLevel="1">
       <c r="A176" s="3"/>
       <c r="B176" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>345</v>
       </c>
       <c r="D176" s="5">
-        <v>201.60000610351563</v>
+        <v>342.08718872070313</v>
       </c>
       <c r="E176" s="5">
-        <v>201.60000610351563</v>
+        <v>342.08718872070313</v>
       </c>
       <c r="F176" s="5">
-        <v>189</v>
+        <v>320.70721435546875</v>
       </c>
       <c r="G176" s="5">
-        <v>182.69999694824219</v>
+        <v>310.0172119140625</v>
       </c>
       <c r="H176" s="5">
-        <v>176.39999389648438</v>
+        <v>299.32720947265625</v>
       </c>
       <c r="I176" s="6"/>
       <c r="J176" s="5">
         <f>IF( 5000&gt;K4,K176,IF( 10000&gt;L4,L176,IF( 15000&gt;M4,M176,IF( 20000&gt;N4,N176,O176))))</f>
       </c>
       <c r="K176" s="0">
         <f>D176*I176</f>
       </c>
       <c r="L176" s="0">
         <f>E176*I176</f>
       </c>
       <c r="M176" s="0">
         <f>F176*I176</f>
       </c>
       <c r="N176" s="0">
         <f>G176*I176</f>
       </c>
       <c r="O176" s="0">
         <f>H176*I176</f>
       </c>
     </row>
     <row r="177" ht="45" customHeight="1" outlineLevel="1">
       <c r="A177" s="3"/>
       <c r="B177" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C177" s="4" t="s">
         <v>347</v>
       </c>
       <c r="D177" s="5">
-        <v>2246.39990234375</v>
+        <v>201.60000610351563</v>
       </c>
       <c r="E177" s="5">
-        <v>2246.39990234375</v>
+        <v>201.60000610351563</v>
       </c>
       <c r="F177" s="5">
-        <v>2106</v>
+        <v>189</v>
       </c>
       <c r="G177" s="5">
-        <v>2035.800048828125</v>
+        <v>182.69999694824219</v>
       </c>
       <c r="H177" s="5">
-        <v>1965.5999755859375</v>
+        <v>176.39999389648438</v>
       </c>
       <c r="I177" s="6"/>
       <c r="J177" s="5">
         <f>IF( 5000&gt;K4,K177,IF( 10000&gt;L4,L177,IF( 15000&gt;M4,M177,IF( 20000&gt;N4,N177,O177))))</f>
       </c>
       <c r="K177" s="0">
         <f>D177*I177</f>
       </c>
       <c r="L177" s="0">
         <f>E177*I177</f>
       </c>
       <c r="M177" s="0">
         <f>F177*I177</f>
       </c>
       <c r="N177" s="0">
         <f>G177*I177</f>
       </c>
       <c r="O177" s="0">
         <f>H177*I177</f>
       </c>
     </row>
     <row r="178" ht="45" customHeight="1" outlineLevel="1">
       <c r="A178" s="3"/>
       <c r="B178" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C178" s="4" t="s">
         <v>349</v>
       </c>
       <c r="D178" s="5">
-        <v>1166.4000244140625</v>
+        <v>2246.39990234375</v>
       </c>
       <c r="E178" s="5">
-        <v>1166.4000244140625</v>
+        <v>2246.39990234375</v>
       </c>
       <c r="F178" s="5">
-        <v>1093.5</v>
+        <v>2106</v>
       </c>
       <c r="G178" s="5">
-        <v>1057.050048828125</v>
+        <v>2035.800048828125</v>
       </c>
       <c r="H178" s="5">
-        <v>1020.5999755859375</v>
+        <v>1965.5999755859375</v>
       </c>
       <c r="I178" s="6"/>
       <c r="J178" s="5">
         <f>IF( 5000&gt;K4,K178,IF( 10000&gt;L4,L178,IF( 15000&gt;M4,M178,IF( 20000&gt;N4,N178,O178))))</f>
       </c>
       <c r="K178" s="0">
         <f>D178*I178</f>
       </c>
       <c r="L178" s="0">
         <f>E178*I178</f>
       </c>
       <c r="M178" s="0">
         <f>F178*I178</f>
       </c>
       <c r="N178" s="0">
         <f>G178*I178</f>
       </c>
       <c r="O178" s="0">
         <f>H178*I178</f>
       </c>
     </row>
     <row r="179" ht="45" customHeight="1" outlineLevel="1">
       <c r="A179" s="3"/>
       <c r="B179" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C179" s="4" t="s">
         <v>351</v>
       </c>
       <c r="D179" s="5">
-        <v>374.39999389648438</v>
+        <v>1166.4000244140625</v>
       </c>
       <c r="E179" s="5">
-        <v>374.39999389648438</v>
+        <v>1166.4000244140625</v>
       </c>
       <c r="F179" s="5">
-        <v>351</v>
+        <v>1093.5</v>
       </c>
       <c r="G179" s="5">
-        <v>339.29998779296875</v>
+        <v>1057.050048828125</v>
       </c>
       <c r="H179" s="5">
-        <v>327.60000610351563</v>
+        <v>1020.5999755859375</v>
       </c>
       <c r="I179" s="6"/>
       <c r="J179" s="5">
         <f>IF( 5000&gt;K4,K179,IF( 10000&gt;L4,L179,IF( 15000&gt;M4,M179,IF( 20000&gt;N4,N179,O179))))</f>
       </c>
       <c r="K179" s="0">
         <f>D179*I179</f>
       </c>
       <c r="L179" s="0">
         <f>E179*I179</f>
       </c>
       <c r="M179" s="0">
         <f>F179*I179</f>
       </c>
       <c r="N179" s="0">
         <f>G179*I179</f>
       </c>
       <c r="O179" s="0">
         <f>H179*I179</f>
       </c>
     </row>
     <row r="180" ht="45" customHeight="1" outlineLevel="1">
       <c r="A180" s="3"/>
       <c r="B180" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C180" s="4" t="s">
         <v>353</v>
       </c>
       <c r="D180" s="5">
-        <v>2814.39990234375</v>
+        <v>374.39999389648438</v>
       </c>
       <c r="E180" s="5">
-        <v>2814.39990234375</v>
+        <v>374.39999389648438</v>
       </c>
       <c r="F180" s="5">
-        <v>2638.5</v>
+        <v>351</v>
       </c>
       <c r="G180" s="5">
-        <v>2550.550048828125</v>
+        <v>339.29998779296875</v>
       </c>
       <c r="H180" s="5">
-        <v>2462.60009765625</v>
+        <v>327.60000610351563</v>
       </c>
       <c r="I180" s="6"/>
       <c r="J180" s="5">
         <f>IF( 5000&gt;K4,K180,IF( 10000&gt;L4,L180,IF( 15000&gt;M4,M180,IF( 20000&gt;N4,N180,O180))))</f>
       </c>
       <c r="K180" s="0">
         <f>D180*I180</f>
       </c>
       <c r="L180" s="0">
         <f>E180*I180</f>
       </c>
       <c r="M180" s="0">
         <f>F180*I180</f>
       </c>
       <c r="N180" s="0">
         <f>G180*I180</f>
       </c>
       <c r="O180" s="0">
         <f>H180*I180</f>
       </c>
     </row>
     <row r="181" ht="45" customHeight="1" outlineLevel="1">
       <c r="A181" s="3"/>
       <c r="B181" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C181" s="4" t="s">
         <v>355</v>
       </c>
       <c r="D181" s="5">
-        <v>1458</v>
+        <v>2814.39990234375</v>
       </c>
       <c r="E181" s="5">
-        <v>1458</v>
+        <v>2814.39990234375</v>
       </c>
       <c r="F181" s="5">
-        <v>1366.875</v>
+        <v>2638.5</v>
       </c>
       <c r="G181" s="5">
-        <v>1321.3125</v>
+        <v>2550.550048828125</v>
       </c>
       <c r="H181" s="5">
-        <v>1275.75</v>
+        <v>2462.60009765625</v>
       </c>
       <c r="I181" s="6"/>
       <c r="J181" s="5">
         <f>IF( 5000&gt;K4,K181,IF( 10000&gt;L4,L181,IF( 15000&gt;M4,M181,IF( 20000&gt;N4,N181,O181))))</f>
       </c>
       <c r="K181" s="0">
         <f>D181*I181</f>
       </c>
       <c r="L181" s="0">
         <f>E181*I181</f>
       </c>
       <c r="M181" s="0">
         <f>F181*I181</f>
       </c>
       <c r="N181" s="0">
         <f>G181*I181</f>
       </c>
       <c r="O181" s="0">
         <f>H181*I181</f>
       </c>
     </row>
     <row r="182" ht="45" customHeight="1" outlineLevel="1">
       <c r="A182" s="3"/>
       <c r="B182" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C182" s="4" t="s">
         <v>357</v>
       </c>
       <c r="D182" s="5">
-        <v>483.09768676757813</v>
+        <v>1458</v>
       </c>
       <c r="E182" s="5">
-        <v>483.09768676757813</v>
+        <v>1458</v>
       </c>
       <c r="F182" s="5">
-        <v>452.90469360351563</v>
+        <v>1366.875</v>
       </c>
       <c r="G182" s="5">
-        <v>437.80819702148438</v>
+        <v>1321.3125</v>
       </c>
       <c r="H182" s="5">
-        <v>422.71170043945313</v>
+        <v>1275.75</v>
       </c>
       <c r="I182" s="6"/>
       <c r="J182" s="5">
         <f>IF( 5000&gt;K4,K182,IF( 10000&gt;L4,L182,IF( 15000&gt;M4,M182,IF( 20000&gt;N4,N182,O182))))</f>
       </c>
       <c r="K182" s="0">
         <f>D182*I182</f>
       </c>
       <c r="L182" s="0">
         <f>E182*I182</f>
       </c>
       <c r="M182" s="0">
         <f>F182*I182</f>
       </c>
       <c r="N182" s="0">
         <f>G182*I182</f>
       </c>
       <c r="O182" s="0">
         <f>H182*I182</f>
       </c>
     </row>
     <row r="183" ht="45" customHeight="1" outlineLevel="1">
       <c r="A183" s="3"/>
       <c r="B183" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C183" s="4" t="s">
         <v>359</v>
       </c>
       <c r="D183" s="5">
-        <v>291.60000610351563</v>
+        <v>483.09768676757813</v>
       </c>
       <c r="E183" s="5">
-        <v>291.60000610351563</v>
+        <v>483.09768676757813</v>
       </c>
       <c r="F183" s="5">
-        <v>273.375</v>
+        <v>452.90469360351563</v>
       </c>
       <c r="G183" s="5">
-        <v>264.26251220703125</v>
+        <v>437.80819702148438</v>
       </c>
       <c r="H183" s="5">
-        <v>255.14999389648438</v>
+        <v>422.71170043945313</v>
       </c>
       <c r="I183" s="6"/>
       <c r="J183" s="5">
         <f>IF( 5000&gt;K4,K183,IF( 10000&gt;L4,L183,IF( 15000&gt;M4,M183,IF( 20000&gt;N4,N183,O183))))</f>
       </c>
       <c r="K183" s="0">
         <f>D183*I183</f>
       </c>
       <c r="L183" s="0">
         <f>E183*I183</f>
       </c>
       <c r="M183" s="0">
         <f>F183*I183</f>
       </c>
       <c r="N183" s="0">
         <f>G183*I183</f>
       </c>
       <c r="O183" s="0">
         <f>H183*I183</f>
       </c>
     </row>
     <row r="184" ht="45" customHeight="1" outlineLevel="1">
       <c r="A184" s="3"/>
       <c r="B184" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C184" s="4" t="s">
         <v>361</v>
       </c>
       <c r="D184" s="5">
-        <v>414.39999389648438</v>
+        <v>291.60000610351563</v>
       </c>
       <c r="E184" s="5">
-        <v>414.39999389648438</v>
+        <v>291.60000610351563</v>
       </c>
       <c r="F184" s="5">
-        <v>388.5</v>
+        <v>273.375</v>
       </c>
       <c r="G184" s="5">
-        <v>375.54998779296875</v>
+        <v>264.26251220703125</v>
       </c>
       <c r="H184" s="5">
-        <v>362.60000610351563</v>
+        <v>255.14999389648438</v>
       </c>
       <c r="I184" s="6"/>
       <c r="J184" s="5">
         <f>IF( 5000&gt;K4,K184,IF( 10000&gt;L4,L184,IF( 15000&gt;M4,M184,IF( 20000&gt;N4,N184,O184))))</f>
       </c>
       <c r="K184" s="0">
         <f>D184*I184</f>
       </c>
       <c r="L184" s="0">
         <f>E184*I184</f>
       </c>
       <c r="M184" s="0">
         <f>F184*I184</f>
       </c>
       <c r="N184" s="0">
         <f>G184*I184</f>
       </c>
       <c r="O184" s="0">
         <f>H184*I184</f>
       </c>
     </row>
     <row r="185" ht="45" customHeight="1" outlineLevel="1">
       <c r="A185" s="3"/>
       <c r="B185" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C185" s="4" t="s">
         <v>363</v>
       </c>
       <c r="D185" s="5">
-        <v>952</v>
+        <v>414.39999389648438</v>
       </c>
       <c r="E185" s="5">
-        <v>952</v>
+        <v>414.39999389648438</v>
       </c>
       <c r="F185" s="5">
-        <v>892.5</v>
+        <v>388.5</v>
       </c>
       <c r="G185" s="5">
-        <v>862.75</v>
+        <v>375.54998779296875</v>
       </c>
       <c r="H185" s="5">
-        <v>833</v>
+        <v>362.60000610351563</v>
       </c>
       <c r="I185" s="6"/>
       <c r="J185" s="5">
         <f>IF( 5000&gt;K4,K185,IF( 10000&gt;L4,L185,IF( 15000&gt;M4,M185,IF( 20000&gt;N4,N185,O185))))</f>
       </c>
       <c r="K185" s="0">
         <f>D185*I185</f>
       </c>
       <c r="L185" s="0">
         <f>E185*I185</f>
       </c>
       <c r="M185" s="0">
         <f>F185*I185</f>
       </c>
       <c r="N185" s="0">
         <f>G185*I185</f>
       </c>
       <c r="O185" s="0">
         <f>H185*I185</f>
       </c>
     </row>
     <row r="186" ht="45" customHeight="1" outlineLevel="1">
       <c r="A186" s="3"/>
       <c r="B186" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C186" s="4" t="s">
         <v>365</v>
       </c>
       <c r="D186" s="5">
-        <v>507.20001220703125</v>
+        <v>952</v>
       </c>
       <c r="E186" s="5">
-        <v>507.20001220703125</v>
+        <v>952</v>
       </c>
       <c r="F186" s="5">
-        <v>475.5</v>
+        <v>892.5</v>
       </c>
       <c r="G186" s="5">
-        <v>459.64999389648438</v>
+        <v>862.75</v>
       </c>
       <c r="H186" s="5">
-        <v>443.79998779296875</v>
+        <v>833</v>
       </c>
       <c r="I186" s="6"/>
       <c r="J186" s="5">
         <f>IF( 5000&gt;K4,K186,IF( 10000&gt;L4,L186,IF( 15000&gt;M4,M186,IF( 20000&gt;N4,N186,O186))))</f>
       </c>
       <c r="K186" s="0">
         <f>D186*I186</f>
       </c>
       <c r="L186" s="0">
         <f>E186*I186</f>
       </c>
       <c r="M186" s="0">
         <f>F186*I186</f>
       </c>
       <c r="N186" s="0">
         <f>G186*I186</f>
       </c>
       <c r="O186" s="0">
         <f>H186*I186</f>
       </c>
     </row>
-    <row r="187">
-      <c r="A187" s="1" t="s">
+    <row r="187" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A187" s="3"/>
+      <c r="B187" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="B187" s="1"/>
-[...11 lines deleted...]
-      <c r="B188" s="2" t="s">
+      <c r="C187" s="4" t="s">
         <v>367</v>
       </c>
-      <c r="C188" s="4" t="s">
+      <c r="D187" s="5">
+        <v>507.20001220703125</v>
+      </c>
+      <c r="E187" s="5">
+        <v>507.20001220703125</v>
+      </c>
+      <c r="F187" s="5">
+        <v>475.5</v>
+      </c>
+      <c r="G187" s="5">
+        <v>459.64999389648438</v>
+      </c>
+      <c r="H187" s="5">
+        <v>443.79998779296875</v>
+      </c>
+      <c r="I187" s="6"/>
+      <c r="J187" s="5">
+        <f>IF( 5000&gt;K4,K187,IF( 10000&gt;L4,L187,IF( 15000&gt;M4,M187,IF( 20000&gt;N4,N187,O187))))</f>
+      </c>
+      <c r="K187" s="0">
+        <f>D187*I187</f>
+      </c>
+      <c r="L187" s="0">
+        <f>E187*I187</f>
+      </c>
+      <c r="M187" s="0">
+        <f>F187*I187</f>
+      </c>
+      <c r="N187" s="0">
+        <f>G187*I187</f>
+      </c>
+      <c r="O187" s="0">
+        <f>H187*I187</f>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="D188" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B188" s="1"/>
+      <c r="C188" s="1"/>
+      <c r="D188" s="1"/>
+      <c r="E188" s="1"/>
+      <c r="F188" s="1"/>
+      <c r="G188" s="1"/>
+      <c r="H188" s="1"/>
+      <c r="I188" s="1"/>
+      <c r="J188" s="1"/>
     </row>
     <row r="189" ht="45" customHeight="1" outlineLevel="1">
       <c r="A189" s="3"/>
       <c r="B189" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C189" s="4" t="s">
         <v>370</v>
       </c>
       <c r="D189" s="5">
-        <v>102</v>
+        <v>307.79998779296875</v>
       </c>
       <c r="E189" s="5">
-        <v>102</v>
+        <v>307.79998779296875</v>
       </c>
       <c r="F189" s="5">
-        <v>98</v>
+        <v>287.27999877929688</v>
       </c>
       <c r="G189" s="5">
-        <v>96</v>
+        <v>277.01998901367188</v>
       </c>
       <c r="H189" s="5">
-        <v>94</v>
+        <v>266.760009765625</v>
       </c>
       <c r="I189" s="6"/>
       <c r="J189" s="5">
         <f>IF( 5000&gt;K4,K189,IF( 10000&gt;L4,L189,IF( 15000&gt;M4,M189,IF( 20000&gt;N4,N189,O189))))</f>
       </c>
       <c r="K189" s="0">
         <f>D189*I189</f>
       </c>
       <c r="L189" s="0">
         <f>E189*I189</f>
       </c>
       <c r="M189" s="0">
         <f>F189*I189</f>
       </c>
       <c r="N189" s="0">
         <f>G189*I189</f>
       </c>
       <c r="O189" s="0">
         <f>H189*I189</f>
       </c>
     </row>
     <row r="190" ht="45" customHeight="1" outlineLevel="1">
       <c r="A190" s="3"/>
       <c r="B190" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>372</v>
       </c>
       <c r="D190" s="5">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E190" s="5">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="F190" s="5">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="G190" s="5">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="H190" s="5">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="I190" s="6"/>
       <c r="J190" s="5">
         <f>IF( 5000&gt;K4,K190,IF( 10000&gt;L4,L190,IF( 15000&gt;M4,M190,IF( 20000&gt;N4,N190,O190))))</f>
       </c>
       <c r="K190" s="0">
         <f>D190*I190</f>
       </c>
       <c r="L190" s="0">
         <f>E190*I190</f>
       </c>
       <c r="M190" s="0">
         <f>F190*I190</f>
       </c>
       <c r="N190" s="0">
         <f>G190*I190</f>
       </c>
       <c r="O190" s="0">
         <f>H190*I190</f>
       </c>
     </row>
     <row r="191" ht="45" customHeight="1" outlineLevel="1">
       <c r="A191" s="3"/>
       <c r="B191" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>374</v>
       </c>
       <c r="D191" s="5">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="E191" s="5">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="F191" s="5">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="G191" s="5">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="H191" s="5">
-        <v>110</v>
+        <v>70</v>
       </c>
       <c r="I191" s="6"/>
       <c r="J191" s="5">
         <f>IF( 5000&gt;K4,K191,IF( 10000&gt;L4,L191,IF( 15000&gt;M4,M191,IF( 20000&gt;N4,N191,O191))))</f>
       </c>
       <c r="K191" s="0">
         <f>D191*I191</f>
       </c>
       <c r="L191" s="0">
         <f>E191*I191</f>
       </c>
       <c r="M191" s="0">
         <f>F191*I191</f>
       </c>
       <c r="N191" s="0">
         <f>G191*I191</f>
       </c>
       <c r="O191" s="0">
         <f>H191*I191</f>
       </c>
     </row>
     <row r="192" ht="45" customHeight="1" outlineLevel="1">
       <c r="A192" s="3"/>
       <c r="B192" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>376</v>
       </c>
       <c r="D192" s="5">
-        <v>131.85000610351563</v>
+        <v>130</v>
       </c>
       <c r="E192" s="5">
-        <v>131.85000610351563</v>
+        <v>130</v>
       </c>
       <c r="F192" s="5">
-        <v>123.05999755859375</v>
+        <v>120</v>
       </c>
       <c r="G192" s="5">
-        <v>118.66500091552734</v>
+        <v>115</v>
       </c>
       <c r="H192" s="5">
-        <v>114.26999664306641</v>
+        <v>110</v>
       </c>
       <c r="I192" s="6"/>
       <c r="J192" s="5">
         <f>IF( 5000&gt;K4,K192,IF( 10000&gt;L4,L192,IF( 15000&gt;M4,M192,IF( 20000&gt;N4,N192,O192))))</f>
       </c>
       <c r="K192" s="0">
         <f>D192*I192</f>
       </c>
       <c r="L192" s="0">
         <f>E192*I192</f>
       </c>
       <c r="M192" s="0">
         <f>F192*I192</f>
       </c>
       <c r="N192" s="0">
         <f>G192*I192</f>
       </c>
       <c r="O192" s="0">
         <f>H192*I192</f>
       </c>
     </row>
     <row r="193" ht="45" customHeight="1" outlineLevel="1">
       <c r="A193" s="3"/>
       <c r="B193" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>378</v>
       </c>
       <c r="D193" s="5">
-        <v>200</v>
+        <v>131.85000610351563</v>
       </c>
       <c r="E193" s="5">
-        <v>200</v>
+        <v>131.85000610351563</v>
       </c>
       <c r="F193" s="5">
-        <v>190</v>
+        <v>123.05999755859375</v>
       </c>
       <c r="G193" s="5">
-        <v>185</v>
+        <v>118.66500091552734</v>
       </c>
       <c r="H193" s="5">
-        <v>180</v>
+        <v>114.26999664306641</v>
       </c>
       <c r="I193" s="6"/>
       <c r="J193" s="5">
         <f>IF( 5000&gt;K4,K193,IF( 10000&gt;L4,L193,IF( 15000&gt;M4,M193,IF( 20000&gt;N4,N193,O193))))</f>
       </c>
       <c r="K193" s="0">
         <f>D193*I193</f>
       </c>
       <c r="L193" s="0">
         <f>E193*I193</f>
       </c>
       <c r="M193" s="0">
         <f>F193*I193</f>
       </c>
       <c r="N193" s="0">
         <f>G193*I193</f>
       </c>
       <c r="O193" s="0">
         <f>H193*I193</f>
       </c>
     </row>
     <row r="194" ht="45" customHeight="1" outlineLevel="1">
       <c r="A194" s="3"/>
       <c r="B194" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C194" s="4" t="s">
         <v>380</v>
       </c>
       <c r="D194" s="5">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="E194" s="5">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="F194" s="5">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="G194" s="5">
-        <v>95</v>
+        <v>185</v>
       </c>
       <c r="H194" s="5">
-        <v>90</v>
+        <v>180</v>
       </c>
       <c r="I194" s="6"/>
       <c r="J194" s="5">
         <f>IF( 5000&gt;K4,K194,IF( 10000&gt;L4,L194,IF( 15000&gt;M4,M194,IF( 20000&gt;N4,N194,O194))))</f>
       </c>
       <c r="K194" s="0">
         <f>D194*I194</f>
       </c>
       <c r="L194" s="0">
         <f>E194*I194</f>
       </c>
       <c r="M194" s="0">
         <f>F194*I194</f>
       </c>
       <c r="N194" s="0">
         <f>G194*I194</f>
       </c>
       <c r="O194" s="0">
         <f>H194*I194</f>
       </c>
     </row>
     <row r="195" ht="45" customHeight="1" outlineLevel="1">
       <c r="A195" s="3"/>
       <c r="B195" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C195" s="4" t="s">
         <v>382</v>
       </c>
       <c r="D195" s="5">
-        <v>190</v>
+        <v>110</v>
       </c>
       <c r="E195" s="5">
-        <v>190</v>
+        <v>110</v>
       </c>
       <c r="F195" s="5">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="G195" s="5">
-        <v>175</v>
+        <v>95</v>
       </c>
       <c r="H195" s="5">
-        <v>170</v>
+        <v>90</v>
       </c>
       <c r="I195" s="6"/>
       <c r="J195" s="5">
         <f>IF( 5000&gt;K4,K195,IF( 10000&gt;L4,L195,IF( 15000&gt;M4,M195,IF( 20000&gt;N4,N195,O195))))</f>
       </c>
       <c r="K195" s="0">
         <f>D195*I195</f>
       </c>
       <c r="L195" s="0">
         <f>E195*I195</f>
       </c>
       <c r="M195" s="0">
         <f>F195*I195</f>
       </c>
       <c r="N195" s="0">
         <f>G195*I195</f>
       </c>
       <c r="O195" s="0">
         <f>H195*I195</f>
       </c>
     </row>
     <row r="196" ht="45" customHeight="1" outlineLevel="1">
       <c r="A196" s="3"/>
       <c r="B196" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C196" s="4" t="s">
         <v>384</v>
       </c>
       <c r="D196" s="5">
-        <v>109.19999694824219</v>
+        <v>190</v>
       </c>
       <c r="E196" s="5">
-        <v>109.19999694824219</v>
+        <v>190</v>
       </c>
       <c r="F196" s="5">
-        <v>101.91999816894531</v>
+        <v>180</v>
       </c>
       <c r="G196" s="5">
-        <v>98.279998779296875</v>
+        <v>175</v>
       </c>
       <c r="H196" s="5">
-        <v>94.639999389648438</v>
+        <v>170</v>
       </c>
       <c r="I196" s="6"/>
       <c r="J196" s="5">
         <f>IF( 5000&gt;K4,K196,IF( 10000&gt;L4,L196,IF( 15000&gt;M4,M196,IF( 20000&gt;N4,N196,O196))))</f>
       </c>
       <c r="K196" s="0">
         <f>D196*I196</f>
       </c>
       <c r="L196" s="0">
         <f>E196*I196</f>
       </c>
       <c r="M196" s="0">
         <f>F196*I196</f>
       </c>
       <c r="N196" s="0">
         <f>G196*I196</f>
       </c>
       <c r="O196" s="0">
         <f>H196*I196</f>
       </c>
     </row>
     <row r="197" ht="45" customHeight="1" outlineLevel="1">
       <c r="A197" s="3"/>
       <c r="B197" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C197" s="4" t="s">
         <v>386</v>
       </c>
       <c r="D197" s="5">
-        <v>340</v>
+        <v>109.19999694824219</v>
       </c>
       <c r="E197" s="5">
-        <v>340</v>
+        <v>109.19999694824219</v>
       </c>
       <c r="F197" s="5">
-        <v>330</v>
+        <v>101.91999816894531</v>
       </c>
       <c r="G197" s="5">
-        <v>325</v>
+        <v>98.279998779296875</v>
       </c>
       <c r="H197" s="5">
-        <v>320</v>
+        <v>94.639999389648438</v>
       </c>
       <c r="I197" s="6"/>
       <c r="J197" s="5">
         <f>IF( 5000&gt;K4,K197,IF( 10000&gt;L4,L197,IF( 15000&gt;M4,M197,IF( 20000&gt;N4,N197,O197))))</f>
       </c>
       <c r="K197" s="0">
         <f>D197*I197</f>
       </c>
       <c r="L197" s="0">
         <f>E197*I197</f>
       </c>
       <c r="M197" s="0">
         <f>F197*I197</f>
       </c>
       <c r="N197" s="0">
         <f>G197*I197</f>
       </c>
       <c r="O197" s="0">
         <f>H197*I197</f>
       </c>
     </row>
     <row r="198" ht="45" customHeight="1" outlineLevel="1">
       <c r="A198" s="3"/>
       <c r="B198" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>388</v>
       </c>
       <c r="D198" s="5">
-        <v>110</v>
+        <v>340</v>
       </c>
       <c r="E198" s="5">
-        <v>110</v>
+        <v>340</v>
       </c>
       <c r="F198" s="5">
-        <v>104</v>
+        <v>330</v>
       </c>
       <c r="G198" s="5">
-        <v>101</v>
+        <v>325</v>
       </c>
       <c r="H198" s="5">
-        <v>98</v>
+        <v>320</v>
       </c>
       <c r="I198" s="6"/>
       <c r="J198" s="5">
         <f>IF( 5000&gt;K4,K198,IF( 10000&gt;L4,L198,IF( 15000&gt;M4,M198,IF( 20000&gt;N4,N198,O198))))</f>
       </c>
       <c r="K198" s="0">
         <f>D198*I198</f>
       </c>
       <c r="L198" s="0">
         <f>E198*I198</f>
       </c>
       <c r="M198" s="0">
         <f>F198*I198</f>
       </c>
       <c r="N198" s="0">
         <f>G198*I198</f>
       </c>
       <c r="O198" s="0">
         <f>H198*I198</f>
       </c>
     </row>
     <row r="199" ht="45" customHeight="1" outlineLevel="1">
       <c r="A199" s="3"/>
       <c r="B199" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C199" s="4" t="s">
         <v>390</v>
       </c>
       <c r="D199" s="5">
-        <v>240</v>
+        <v>110</v>
       </c>
       <c r="E199" s="5">
-        <v>240</v>
+        <v>110</v>
       </c>
       <c r="F199" s="5">
-        <v>230</v>
+        <v>104</v>
       </c>
       <c r="G199" s="5">
-        <v>225</v>
+        <v>101</v>
       </c>
       <c r="H199" s="5">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="I199" s="6"/>
       <c r="J199" s="5">
         <f>IF( 5000&gt;K4,K199,IF( 10000&gt;L4,L199,IF( 15000&gt;M4,M199,IF( 20000&gt;N4,N199,O199))))</f>
       </c>
       <c r="K199" s="0">
         <f>D199*I199</f>
       </c>
       <c r="L199" s="0">
         <f>E199*I199</f>
       </c>
       <c r="M199" s="0">
         <f>F199*I199</f>
       </c>
       <c r="N199" s="0">
         <f>G199*I199</f>
       </c>
       <c r="O199" s="0">
         <f>H199*I199</f>
       </c>
     </row>
     <row r="200" ht="45" customHeight="1" outlineLevel="1">
       <c r="A200" s="3"/>
       <c r="B200" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C200" s="4" t="s">
         <v>392</v>
       </c>
       <c r="D200" s="5">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="E200" s="5">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="F200" s="5">
-        <v>180</v>
+        <v>230</v>
       </c>
       <c r="G200" s="5">
-        <v>175</v>
+        <v>225</v>
       </c>
       <c r="H200" s="5">
-        <v>170</v>
+        <v>220</v>
       </c>
       <c r="I200" s="6"/>
       <c r="J200" s="5">
         <f>IF( 5000&gt;K4,K200,IF( 10000&gt;L4,L200,IF( 15000&gt;M4,M200,IF( 20000&gt;N4,N200,O200))))</f>
       </c>
       <c r="K200" s="0">
         <f>D200*I200</f>
       </c>
       <c r="L200" s="0">
         <f>E200*I200</f>
       </c>
       <c r="M200" s="0">
         <f>F200*I200</f>
       </c>
       <c r="N200" s="0">
         <f>G200*I200</f>
       </c>
       <c r="O200" s="0">
         <f>H200*I200</f>
       </c>
     </row>
     <row r="201" ht="45" customHeight="1" outlineLevel="1">
       <c r="A201" s="3"/>
       <c r="B201" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C201" s="4" t="s">
         <v>394</v>
       </c>
       <c r="D201" s="5">
-        <v>310</v>
+        <v>190</v>
       </c>
       <c r="E201" s="5">
-        <v>310</v>
+        <v>190</v>
       </c>
       <c r="F201" s="5">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="G201" s="5">
-        <v>295</v>
+        <v>175</v>
       </c>
       <c r="H201" s="5">
-        <v>290</v>
+        <v>170</v>
       </c>
       <c r="I201" s="6"/>
       <c r="J201" s="5">
         <f>IF( 5000&gt;K4,K201,IF( 10000&gt;L4,L201,IF( 15000&gt;M4,M201,IF( 20000&gt;N4,N201,O201))))</f>
       </c>
       <c r="K201" s="0">
         <f>D201*I201</f>
       </c>
       <c r="L201" s="0">
         <f>E201*I201</f>
       </c>
       <c r="M201" s="0">
         <f>F201*I201</f>
       </c>
       <c r="N201" s="0">
         <f>G201*I201</f>
       </c>
       <c r="O201" s="0">
         <f>H201*I201</f>
       </c>
     </row>
     <row r="202" ht="45" customHeight="1" outlineLevel="1">
       <c r="A202" s="3"/>
       <c r="B202" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C202" s="4" t="s">
         <v>396</v>
       </c>
       <c r="D202" s="5">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="E202" s="5">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="F202" s="5">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="G202" s="5">
-        <v>355</v>
+        <v>295</v>
       </c>
       <c r="H202" s="5">
-        <v>350</v>
+        <v>290</v>
       </c>
       <c r="I202" s="6"/>
       <c r="J202" s="5">
         <f>IF( 5000&gt;K4,K202,IF( 10000&gt;L4,L202,IF( 15000&gt;M4,M202,IF( 20000&gt;N4,N202,O202))))</f>
       </c>
       <c r="K202" s="0">
         <f>D202*I202</f>
       </c>
       <c r="L202" s="0">
         <f>E202*I202</f>
       </c>
       <c r="M202" s="0">
         <f>F202*I202</f>
       </c>
       <c r="N202" s="0">
         <f>G202*I202</f>
       </c>
       <c r="O202" s="0">
         <f>H202*I202</f>
       </c>
     </row>
     <row r="203" ht="45" customHeight="1" outlineLevel="1">
       <c r="A203" s="3"/>
       <c r="B203" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C203" s="4" t="s">
         <v>398</v>
       </c>
       <c r="D203" s="5">
-        <v>280</v>
+        <v>380</v>
       </c>
       <c r="E203" s="5">
-        <v>280</v>
+        <v>380</v>
       </c>
       <c r="F203" s="5">
-        <v>270</v>
+        <v>360</v>
       </c>
       <c r="G203" s="5">
-        <v>265</v>
+        <v>355</v>
       </c>
       <c r="H203" s="5">
-        <v>260</v>
+        <v>350</v>
       </c>
       <c r="I203" s="6"/>
       <c r="J203" s="5">
         <f>IF( 5000&gt;K4,K203,IF( 10000&gt;L4,L203,IF( 15000&gt;M4,M203,IF( 20000&gt;N4,N203,O203))))</f>
       </c>
       <c r="K203" s="0">
         <f>D203*I203</f>
       </c>
       <c r="L203" s="0">
         <f>E203*I203</f>
       </c>
       <c r="M203" s="0">
         <f>F203*I203</f>
       </c>
       <c r="N203" s="0">
         <f>G203*I203</f>
       </c>
       <c r="O203" s="0">
         <f>H203*I203</f>
       </c>
     </row>
     <row r="204" ht="45" customHeight="1" outlineLevel="1">
       <c r="A204" s="3"/>
       <c r="B204" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C204" s="4" t="s">
         <v>400</v>
       </c>
       <c r="D204" s="5">
-        <v>173.1300048828125</v>
+        <v>280</v>
       </c>
       <c r="E204" s="5">
-        <v>173.1300048828125</v>
+        <v>280</v>
       </c>
       <c r="F204" s="5">
-        <v>161.58799743652344</v>
+        <v>270</v>
       </c>
       <c r="G204" s="5">
-        <v>155.81700134277344</v>
+        <v>265</v>
       </c>
       <c r="H204" s="5">
-        <v>150.04600524902344</v>
+        <v>260</v>
       </c>
       <c r="I204" s="6"/>
       <c r="J204" s="5">
         <f>IF( 5000&gt;K4,K204,IF( 10000&gt;L4,L204,IF( 15000&gt;M4,M204,IF( 20000&gt;N4,N204,O204))))</f>
       </c>
       <c r="K204" s="0">
         <f>D204*I204</f>
       </c>
       <c r="L204" s="0">
         <f>E204*I204</f>
       </c>
       <c r="M204" s="0">
         <f>F204*I204</f>
       </c>
       <c r="N204" s="0">
         <f>G204*I204</f>
       </c>
       <c r="O204" s="0">
         <f>H204*I204</f>
       </c>
     </row>
     <row r="205" ht="45" customHeight="1" outlineLevel="1">
       <c r="A205" s="3"/>
       <c r="B205" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>402</v>
       </c>
       <c r="D205" s="5">
-        <v>570.451171875</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="E205" s="5">
-        <v>570.451171875</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="F205" s="5">
-        <v>532.42108154296875</v>
+        <v>161.58799743652344</v>
       </c>
       <c r="G205" s="5">
-        <v>513.4061279296875</v>
+        <v>155.81700134277344</v>
       </c>
       <c r="H205" s="5">
-        <v>494.3909912109375</v>
+        <v>150.04600524902344</v>
       </c>
       <c r="I205" s="6"/>
       <c r="J205" s="5">
         <f>IF( 5000&gt;K4,K205,IF( 10000&gt;L4,L205,IF( 15000&gt;M4,M205,IF( 20000&gt;N4,N205,O205))))</f>
       </c>
       <c r="K205" s="0">
         <f>D205*I205</f>
       </c>
       <c r="L205" s="0">
         <f>E205*I205</f>
       </c>
       <c r="M205" s="0">
         <f>F205*I205</f>
       </c>
       <c r="N205" s="0">
         <f>G205*I205</f>
       </c>
       <c r="O205" s="0">
         <f>H205*I205</f>
       </c>
     </row>
     <row r="206" ht="45" customHeight="1" outlineLevel="1">
       <c r="A206" s="3"/>
       <c r="B206" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C206" s="4" t="s">
         <v>404</v>
       </c>
       <c r="D206" s="5">
-        <v>119</v>
+        <v>570.451171875</v>
       </c>
       <c r="E206" s="5">
-        <v>119</v>
+        <v>570.451171875</v>
       </c>
       <c r="F206" s="5">
-        <v>109</v>
+        <v>532.42108154296875</v>
       </c>
       <c r="G206" s="5">
-        <v>104</v>
+        <v>513.4061279296875</v>
       </c>
       <c r="H206" s="5">
-        <v>99</v>
+        <v>494.3909912109375</v>
       </c>
       <c r="I206" s="6"/>
       <c r="J206" s="5">
         <f>IF( 5000&gt;K4,K206,IF( 10000&gt;L4,L206,IF( 15000&gt;M4,M206,IF( 20000&gt;N4,N206,O206))))</f>
       </c>
       <c r="K206" s="0">
         <f>D206*I206</f>
       </c>
       <c r="L206" s="0">
         <f>E206*I206</f>
       </c>
       <c r="M206" s="0">
         <f>F206*I206</f>
       </c>
       <c r="N206" s="0">
         <f>G206*I206</f>
       </c>
       <c r="O206" s="0">
         <f>H206*I206</f>
       </c>
     </row>
-    <row r="207">
-      <c r="A207" s="1" t="s">
+    <row r="207" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A207" s="3"/>
+      <c r="B207" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="B207" s="1"/>
-[...11 lines deleted...]
-      <c r="B208" s="2" t="s">
+      <c r="C207" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="C208" s="4" t="s">
+      <c r="D207" s="5">
+        <v>119</v>
+      </c>
+      <c r="E207" s="5">
+        <v>119</v>
+      </c>
+      <c r="F207" s="5">
+        <v>109</v>
+      </c>
+      <c r="G207" s="5">
+        <v>104</v>
+      </c>
+      <c r="H207" s="5">
+        <v>99</v>
+      </c>
+      <c r="I207" s="6"/>
+      <c r="J207" s="5">
+        <f>IF( 5000&gt;K4,K207,IF( 10000&gt;L4,L207,IF( 15000&gt;M4,M207,IF( 20000&gt;N4,N207,O207))))</f>
+      </c>
+      <c r="K207" s="0">
+        <f>D207*I207</f>
+      </c>
+      <c r="L207" s="0">
+        <f>E207*I207</f>
+      </c>
+      <c r="M207" s="0">
+        <f>F207*I207</f>
+      </c>
+      <c r="N207" s="0">
+        <f>G207*I207</f>
+      </c>
+      <c r="O207" s="0">
+        <f>H207*I207</f>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="D208" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B208" s="1"/>
+      <c r="C208" s="1"/>
+      <c r="D208" s="1"/>
+      <c r="E208" s="1"/>
+      <c r="F208" s="1"/>
+      <c r="G208" s="1"/>
+      <c r="H208" s="1"/>
+      <c r="I208" s="1"/>
+      <c r="J208" s="1"/>
     </row>
     <row r="209" ht="45" customHeight="1" outlineLevel="1">
       <c r="A209" s="3"/>
       <c r="B209" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>409</v>
       </c>
       <c r="D209" s="5">
-        <v>10.934000015258789</v>
+        <v>8.98799991607666</v>
       </c>
       <c r="E209" s="5">
-        <v>10.934000015258789</v>
+        <v>8.98799991607666</v>
       </c>
       <c r="F209" s="5">
-        <v>9.7624998092651367</v>
+        <v>8.0249996185302734</v>
       </c>
       <c r="G209" s="5">
-        <v>9.3719997406005859</v>
+        <v>7.7039999961853027</v>
       </c>
       <c r="H209" s="5">
-        <v>8.9814996719360352</v>
+        <v>7.3829998970031738</v>
       </c>
       <c r="I209" s="6"/>
       <c r="J209" s="5">
         <f>IF( 5000&gt;K4,K209,IF( 10000&gt;L4,L209,IF( 15000&gt;M4,M209,IF( 20000&gt;N4,N209,O209))))</f>
       </c>
       <c r="K209" s="0">
         <f>D209*I209</f>
       </c>
       <c r="L209" s="0">
         <f>E209*I209</f>
       </c>
       <c r="M209" s="0">
         <f>F209*I209</f>
       </c>
       <c r="N209" s="0">
         <f>G209*I209</f>
       </c>
       <c r="O209" s="0">
         <f>H209*I209</f>
       </c>
     </row>
     <row r="210" ht="45" customHeight="1" outlineLevel="1">
       <c r="A210" s="3"/>
       <c r="B210" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>411</v>
       </c>
       <c r="D210" s="5">
-        <v>12.880000114440918</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="E210" s="5">
-        <v>12.880000114440918</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="F210" s="5">
-        <v>11.5</v>
+        <v>9.7624998092651367</v>
       </c>
       <c r="G210" s="5">
-        <v>11.039999961853027</v>
+        <v>9.3719997406005859</v>
       </c>
       <c r="H210" s="5">
-        <v>10.579999923706055</v>
+        <v>8.9814996719360352</v>
       </c>
       <c r="I210" s="6"/>
       <c r="J210" s="5">
         <f>IF( 5000&gt;K4,K210,IF( 10000&gt;L4,L210,IF( 15000&gt;M4,M210,IF( 20000&gt;N4,N210,O210))))</f>
       </c>
       <c r="K210" s="0">
         <f>D210*I210</f>
       </c>
       <c r="L210" s="0">
         <f>E210*I210</f>
       </c>
       <c r="M210" s="0">
         <f>F210*I210</f>
       </c>
       <c r="N210" s="0">
         <f>G210*I210</f>
       </c>
       <c r="O210" s="0">
         <f>H210*I210</f>
       </c>
     </row>
     <row r="211" ht="45" customHeight="1" outlineLevel="1">
       <c r="A211" s="3"/>
       <c r="B211" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>413</v>
       </c>
       <c r="D211" s="5">
-        <v>16.478000640869141</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="E211" s="5">
-        <v>16.478000640869141</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="F211" s="5">
-        <v>14.712499618530273</v>
+        <v>11.5</v>
       </c>
       <c r="G211" s="5">
-        <v>14.12399959564209</v>
+        <v>11.039999961853027</v>
       </c>
       <c r="H211" s="5">
-        <v>13.535499572753906</v>
+        <v>10.579999923706055</v>
       </c>
       <c r="I211" s="6"/>
       <c r="J211" s="5">
         <f>IF( 5000&gt;K4,K211,IF( 10000&gt;L4,L211,IF( 15000&gt;M4,M211,IF( 20000&gt;N4,N211,O211))))</f>
       </c>
       <c r="K211" s="0">
         <f>D211*I211</f>
       </c>
       <c r="L211" s="0">
         <f>E211*I211</f>
       </c>
       <c r="M211" s="0">
         <f>F211*I211</f>
       </c>
       <c r="N211" s="0">
         <f>G211*I211</f>
       </c>
       <c r="O211" s="0">
         <f>H211*I211</f>
       </c>
     </row>
     <row r="212" ht="45" customHeight="1" outlineLevel="1">
       <c r="A212" s="3"/>
       <c r="B212" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>415</v>
       </c>
       <c r="D212" s="5">
-        <v>20.52400016784668</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="E212" s="5">
-        <v>20.52400016784668</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="F212" s="5">
-        <v>18.325000762939453</v>
+        <v>14.712499618530273</v>
       </c>
       <c r="G212" s="5">
-        <v>17.591999053955078</v>
+        <v>14.12399959564209</v>
       </c>
       <c r="H212" s="5">
-        <v>16.858999252319336</v>
+        <v>13.535499572753906</v>
       </c>
       <c r="I212" s="6"/>
       <c r="J212" s="5">
         <f>IF( 5000&gt;K4,K212,IF( 10000&gt;L4,L212,IF( 15000&gt;M4,M212,IF( 20000&gt;N4,N212,O212))))</f>
       </c>
       <c r="K212" s="0">
         <f>D212*I212</f>
       </c>
       <c r="L212" s="0">
         <f>E212*I212</f>
       </c>
       <c r="M212" s="0">
         <f>F212*I212</f>
       </c>
       <c r="N212" s="0">
         <f>G212*I212</f>
       </c>
       <c r="O212" s="0">
         <f>H212*I212</f>
       </c>
     </row>
     <row r="213" ht="45" customHeight="1" outlineLevel="1">
       <c r="A213" s="3"/>
       <c r="B213" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D213" s="5">
-        <v>21.191999435424805</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="E213" s="5">
-        <v>21.191999435424805</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="F213" s="5">
-        <v>19.426000595092773</v>
+        <v>18.325000762939453</v>
       </c>
       <c r="G213" s="5">
-        <v>18.542999267578125</v>
+        <v>17.591999053955078</v>
       </c>
       <c r="H213" s="5">
-        <v>17.836599349975586</v>
+        <v>16.858999252319336</v>
       </c>
       <c r="I213" s="6"/>
       <c r="J213" s="5">
         <f>IF( 5000&gt;K4,K213,IF( 10000&gt;L4,L213,IF( 15000&gt;M4,M213,IF( 20000&gt;N4,N213,O213))))</f>
       </c>
       <c r="K213" s="0">
         <f>D213*I213</f>
       </c>
       <c r="L213" s="0">
         <f>E213*I213</f>
       </c>
       <c r="M213" s="0">
         <f>F213*I213</f>
       </c>
       <c r="N213" s="0">
         <f>G213*I213</f>
       </c>
       <c r="O213" s="0">
         <f>H213*I213</f>
       </c>
     </row>
     <row r="214" ht="45" customHeight="1" outlineLevel="1">
       <c r="A214" s="3"/>
       <c r="B214" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C214" s="4" t="s">
         <v>419</v>
       </c>
       <c r="D214" s="5">
-        <v>23.760000228881836</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="E214" s="5">
-        <v>23.760000228881836</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="F214" s="5">
-        <v>21.780000686645508</v>
+        <v>19.426000595092773</v>
       </c>
       <c r="G214" s="5">
-        <v>20.790000915527344</v>
+        <v>18.542999267578125</v>
       </c>
       <c r="H214" s="5">
-        <v>19.99799919128418</v>
+        <v>17.836599349975586</v>
       </c>
       <c r="I214" s="6"/>
       <c r="J214" s="5">
         <f>IF( 5000&gt;K4,K214,IF( 10000&gt;L4,L214,IF( 15000&gt;M4,M214,IF( 20000&gt;N4,N214,O214))))</f>
       </c>
       <c r="K214" s="0">
         <f>D214*I214</f>
       </c>
       <c r="L214" s="0">
         <f>E214*I214</f>
       </c>
       <c r="M214" s="0">
         <f>F214*I214</f>
       </c>
       <c r="N214" s="0">
         <f>G214*I214</f>
       </c>
       <c r="O214" s="0">
         <f>H214*I214</f>
       </c>
     </row>
     <row r="215" ht="45" customHeight="1" outlineLevel="1">
       <c r="A215" s="3"/>
       <c r="B215" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>421</v>
       </c>
       <c r="D215" s="5">
-        <v>26.964000701904297</v>
+        <v>23.760000228881836</v>
       </c>
       <c r="E215" s="5">
-        <v>26.964000701904297</v>
+        <v>23.760000228881836</v>
       </c>
       <c r="F215" s="5">
-        <v>24.716999053955078</v>
+        <v>21.780000686645508</v>
       </c>
       <c r="G215" s="5">
-        <v>23.5935001373291</v>
+        <v>20.790000915527344</v>
       </c>
       <c r="H215" s="5">
-        <v>22.694700241088867</v>
+        <v>19.99799919128418</v>
       </c>
       <c r="I215" s="6"/>
       <c r="J215" s="5">
         <f>IF( 5000&gt;K4,K215,IF( 10000&gt;L4,L215,IF( 15000&gt;M4,M215,IF( 20000&gt;N4,N215,O215))))</f>
       </c>
       <c r="K215" s="0">
         <f>D215*I215</f>
       </c>
       <c r="L215" s="0">
         <f>E215*I215</f>
       </c>
       <c r="M215" s="0">
         <f>F215*I215</f>
       </c>
       <c r="N215" s="0">
         <f>G215*I215</f>
       </c>
       <c r="O215" s="0">
         <f>H215*I215</f>
       </c>
     </row>
     <row r="216" ht="45" customHeight="1" outlineLevel="1">
       <c r="A216" s="3"/>
       <c r="B216" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>423</v>
       </c>
       <c r="D216" s="5">
-        <v>33.383998870849609</v>
+        <v>26.964000701904297</v>
       </c>
       <c r="E216" s="5">
-        <v>33.383998870849609</v>
+        <v>26.964000701904297</v>
       </c>
       <c r="F216" s="5">
-        <v>30.601999282836914</v>
+        <v>24.716999053955078</v>
       </c>
       <c r="G216" s="5">
-        <v>29.211000442504883</v>
+        <v>23.5935001373291</v>
       </c>
       <c r="H216" s="5">
-        <v>28.098199844360352</v>
+        <v>22.694700241088867</v>
       </c>
       <c r="I216" s="6"/>
       <c r="J216" s="5">
         <f>IF( 5000&gt;K4,K216,IF( 10000&gt;L4,L216,IF( 15000&gt;M4,M216,IF( 20000&gt;N4,N216,O216))))</f>
       </c>
       <c r="K216" s="0">
         <f>D216*I216</f>
       </c>
       <c r="L216" s="0">
         <f>E216*I216</f>
       </c>
       <c r="M216" s="0">
         <f>F216*I216</f>
       </c>
       <c r="N216" s="0">
         <f>G216*I216</f>
       </c>
       <c r="O216" s="0">
         <f>H216*I216</f>
       </c>
     </row>
     <row r="217" ht="45" customHeight="1" outlineLevel="1">
       <c r="A217" s="3"/>
       <c r="B217" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C217" s="4" t="s">
         <v>425</v>
       </c>
       <c r="D217" s="5">
-        <v>41.0880012512207</v>
+        <v>33.383998870849609</v>
       </c>
       <c r="E217" s="5">
-        <v>41.0880012512207</v>
+        <v>33.383998870849609</v>
       </c>
       <c r="F217" s="5">
-        <v>37.66400146484375</v>
+        <v>30.601999282836914</v>
       </c>
       <c r="G217" s="5">
-        <v>35.951999664306641</v>
+        <v>29.211000442504883</v>
       </c>
       <c r="H217" s="5">
-        <v>34.582401275634766</v>
+        <v>28.098199844360352</v>
       </c>
       <c r="I217" s="6"/>
       <c r="J217" s="5">
         <f>IF( 5000&gt;K4,K217,IF( 10000&gt;L4,L217,IF( 15000&gt;M4,M217,IF( 20000&gt;N4,N217,O217))))</f>
       </c>
       <c r="K217" s="0">
         <f>D217*I217</f>
       </c>
       <c r="L217" s="0">
         <f>E217*I217</f>
       </c>
       <c r="M217" s="0">
         <f>F217*I217</f>
       </c>
       <c r="N217" s="0">
         <f>G217*I217</f>
       </c>
       <c r="O217" s="0">
         <f>H217*I217</f>
       </c>
     </row>
     <row r="218" ht="45" customHeight="1" outlineLevel="1">
       <c r="A218" s="3"/>
       <c r="B218" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C218" s="4" t="s">
         <v>427</v>
       </c>
       <c r="D218" s="5">
-        <v>12.137999534606934</v>
+        <v>41.0880012512207</v>
       </c>
       <c r="E218" s="5">
-        <v>12.137999534606934</v>
+        <v>41.0880012512207</v>
       </c>
       <c r="F218" s="5">
-        <v>10.837499618530273</v>
+        <v>37.66400146484375</v>
       </c>
       <c r="G218" s="5">
-        <v>10.404000282287598</v>
+        <v>35.951999664306641</v>
       </c>
       <c r="H218" s="5">
-        <v>9.9704999923706055</v>
+        <v>34.582401275634766</v>
       </c>
       <c r="I218" s="6"/>
       <c r="J218" s="5">
         <f>IF( 5000&gt;K4,K218,IF( 10000&gt;L4,L218,IF( 15000&gt;M4,M218,IF( 20000&gt;N4,N218,O218))))</f>
       </c>
       <c r="K218" s="0">
         <f>D218*I218</f>
       </c>
       <c r="L218" s="0">
         <f>E218*I218</f>
       </c>
       <c r="M218" s="0">
         <f>F218*I218</f>
       </c>
       <c r="N218" s="0">
         <f>G218*I218</f>
       </c>
       <c r="O218" s="0">
         <f>H218*I218</f>
       </c>
     </row>
-    <row r="219">
-      <c r="A219" s="1" t="s">
+    <row r="219" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A219" s="3"/>
+      <c r="B219" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="B219" s="1"/>
-[...11 lines deleted...]
-      <c r="B220" s="2" t="s">
+      <c r="C219" s="4" t="s">
         <v>429</v>
       </c>
-      <c r="C220" s="4" t="s">
+      <c r="D219" s="5">
+        <v>12.137999534606934</v>
+      </c>
+      <c r="E219" s="5">
+        <v>12.137999534606934</v>
+      </c>
+      <c r="F219" s="5">
+        <v>10.837499618530273</v>
+      </c>
+      <c r="G219" s="5">
+        <v>10.404000282287598</v>
+      </c>
+      <c r="H219" s="5">
+        <v>9.9704999923706055</v>
+      </c>
+      <c r="I219" s="6"/>
+      <c r="J219" s="5">
+        <f>IF( 5000&gt;K4,K219,IF( 10000&gt;L4,L219,IF( 15000&gt;M4,M219,IF( 20000&gt;N4,N219,O219))))</f>
+      </c>
+      <c r="K219" s="0">
+        <f>D219*I219</f>
+      </c>
+      <c r="L219" s="0">
+        <f>E219*I219</f>
+      </c>
+      <c r="M219" s="0">
+        <f>F219*I219</f>
+      </c>
+      <c r="N219" s="0">
+        <f>G219*I219</f>
+      </c>
+      <c r="O219" s="0">
+        <f>H219*I219</f>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="D220" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B220" s="1"/>
+      <c r="C220" s="1"/>
+      <c r="D220" s="1"/>
+      <c r="E220" s="1"/>
+      <c r="F220" s="1"/>
+      <c r="G220" s="1"/>
+      <c r="H220" s="1"/>
+      <c r="I220" s="1"/>
+      <c r="J220" s="1"/>
     </row>
     <row r="221" ht="45" customHeight="1" outlineLevel="1">
       <c r="A221" s="3"/>
       <c r="B221" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C221" s="4" t="s">
         <v>432</v>
       </c>
       <c r="D221" s="5">
-        <v>4.7519998550415039</v>
+        <v>3.5</v>
       </c>
       <c r="E221" s="5">
-        <v>4.7519998550415039</v>
+        <v>3.5</v>
       </c>
       <c r="F221" s="5">
-        <v>4.4549999237060547</v>
+        <v>3.0999999046325684</v>
       </c>
       <c r="G221" s="5">
-        <v>4.30649995803833</v>
+        <v>2.9000000953674316</v>
       </c>
       <c r="H221" s="5">
-        <v>4.1579999923706055</v>
+        <v>2.7000000476837158</v>
       </c>
       <c r="I221" s="6"/>
       <c r="J221" s="5">
         <f>IF( 5000&gt;K4,K221,IF( 10000&gt;L4,L221,IF( 15000&gt;M4,M221,IF( 20000&gt;N4,N221,O221))))</f>
       </c>
       <c r="K221" s="0">
         <f>D221*I221</f>
       </c>
       <c r="L221" s="0">
         <f>E221*I221</f>
       </c>
       <c r="M221" s="0">
         <f>F221*I221</f>
       </c>
       <c r="N221" s="0">
         <f>G221*I221</f>
       </c>
       <c r="O221" s="0">
         <f>H221*I221</f>
       </c>
     </row>
     <row r="222" ht="45" customHeight="1" outlineLevel="1">
       <c r="A222" s="3"/>
       <c r="B222" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C222" s="4" t="s">
         <v>434</v>
       </c>
       <c r="D222" s="5">
-        <v>4.9000000953674316</v>
+        <v>4.7519998550415039</v>
       </c>
       <c r="E222" s="5">
-        <v>4.9000000953674316</v>
+        <v>4.7519998550415039</v>
       </c>
       <c r="F222" s="5">
-        <v>4.3000001907348633</v>
+        <v>4.4549999237060547</v>
       </c>
       <c r="G222" s="5">
-        <v>4</v>
+        <v>4.30649995803833</v>
       </c>
       <c r="H222" s="5">
-        <v>3.7000000476837158</v>
+        <v>4.1579999923706055</v>
       </c>
       <c r="I222" s="6"/>
       <c r="J222" s="5">
         <f>IF( 5000&gt;K4,K222,IF( 10000&gt;L4,L222,IF( 15000&gt;M4,M222,IF( 20000&gt;N4,N222,O222))))</f>
       </c>
       <c r="K222" s="0">
         <f>D222*I222</f>
       </c>
       <c r="L222" s="0">
         <f>E222*I222</f>
       </c>
       <c r="M222" s="0">
         <f>F222*I222</f>
       </c>
       <c r="N222" s="0">
         <f>G222*I222</f>
       </c>
       <c r="O222" s="0">
         <f>H222*I222</f>
       </c>
     </row>
     <row r="223" ht="45" customHeight="1" outlineLevel="1">
       <c r="A223" s="3"/>
       <c r="B223" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C223" s="4" t="s">
         <v>436</v>
       </c>
       <c r="D223" s="5">
-        <v>5.1999998092651367</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="E223" s="5">
-        <v>5.1999998092651367</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="F223" s="5">
-        <v>4.5999999046325684</v>
+        <v>4.3000001907348633</v>
       </c>
       <c r="G223" s="5">
-        <v>4.3000001907348633</v>
+        <v>4</v>
       </c>
       <c r="H223" s="5">
-        <v>4</v>
+        <v>3.7000000476837158</v>
       </c>
       <c r="I223" s="6"/>
       <c r="J223" s="5">
         <f>IF( 5000&gt;K4,K223,IF( 10000&gt;L4,L223,IF( 15000&gt;M4,M223,IF( 20000&gt;N4,N223,O223))))</f>
       </c>
       <c r="K223" s="0">
         <f>D223*I223</f>
       </c>
       <c r="L223" s="0">
         <f>E223*I223</f>
       </c>
       <c r="M223" s="0">
         <f>F223*I223</f>
       </c>
       <c r="N223" s="0">
         <f>G223*I223</f>
       </c>
       <c r="O223" s="0">
         <f>H223*I223</f>
       </c>
     </row>
     <row r="224" ht="45" customHeight="1" outlineLevel="1">
       <c r="A224" s="3"/>
       <c r="B224" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C224" s="4" t="s">
         <v>438</v>
       </c>
       <c r="D224" s="5">
-        <v>5.6999998092651367</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="E224" s="5">
-        <v>5.6999998092651367</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="F224" s="5">
-        <v>5.0999999046325684</v>
+        <v>4.5999999046325684</v>
       </c>
       <c r="G224" s="5">
-        <v>4.8000001907348633</v>
+        <v>4.3000001907348633</v>
       </c>
       <c r="H224" s="5">
-        <v>4.5</v>
+        <v>4</v>
       </c>
       <c r="I224" s="6"/>
       <c r="J224" s="5">
         <f>IF( 5000&gt;K4,K224,IF( 10000&gt;L4,L224,IF( 15000&gt;M4,M224,IF( 20000&gt;N4,N224,O224))))</f>
       </c>
       <c r="K224" s="0">
         <f>D224*I224</f>
       </c>
       <c r="L224" s="0">
         <f>E224*I224</f>
       </c>
       <c r="M224" s="0">
         <f>F224*I224</f>
       </c>
       <c r="N224" s="0">
         <f>G224*I224</f>
       </c>
       <c r="O224" s="0">
         <f>H224*I224</f>
       </c>
     </row>
     <row r="225" ht="45" customHeight="1" outlineLevel="1">
       <c r="A225" s="3"/>
       <c r="B225" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>440</v>
       </c>
       <c r="D225" s="5">
-        <v>6.5999999046325684</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E225" s="5">
-        <v>6.5999999046325684</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F225" s="5">
-        <v>5.8000001907348633</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G225" s="5">
-        <v>5.4000000953674316</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H225" s="5">
-        <v>5</v>
+        <v>4.5</v>
       </c>
       <c r="I225" s="6"/>
       <c r="J225" s="5">
         <f>IF( 5000&gt;K4,K225,IF( 10000&gt;L4,L225,IF( 15000&gt;M4,M225,IF( 20000&gt;N4,N225,O225))))</f>
       </c>
       <c r="K225" s="0">
         <f>D225*I225</f>
       </c>
       <c r="L225" s="0">
         <f>E225*I225</f>
       </c>
       <c r="M225" s="0">
         <f>F225*I225</f>
       </c>
       <c r="N225" s="0">
         <f>G225*I225</f>
       </c>
       <c r="O225" s="0">
         <f>H225*I225</f>
       </c>
     </row>
     <row r="226" ht="45" customHeight="1" outlineLevel="1">
       <c r="A226" s="3"/>
       <c r="B226" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C226" s="4" t="s">
         <v>442</v>
       </c>
       <c r="D226" s="5">
-        <v>9</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="E226" s="5">
-        <v>9</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="F226" s="5">
-        <v>8.1999998092651367</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="G226" s="5">
-        <v>7.8000001907348633</v>
+        <v>5.4000000953674316</v>
       </c>
       <c r="H226" s="5">
-        <v>7.4000000953674316</v>
+        <v>5</v>
       </c>
       <c r="I226" s="6"/>
       <c r="J226" s="5">
         <f>IF( 5000&gt;K4,K226,IF( 10000&gt;L4,L226,IF( 15000&gt;M4,M226,IF( 20000&gt;N4,N226,O226))))</f>
       </c>
       <c r="K226" s="0">
         <f>D226*I226</f>
       </c>
       <c r="L226" s="0">
         <f>E226*I226</f>
       </c>
       <c r="M226" s="0">
         <f>F226*I226</f>
       </c>
       <c r="N226" s="0">
         <f>G226*I226</f>
       </c>
       <c r="O226" s="0">
         <f>H226*I226</f>
       </c>
     </row>
     <row r="227" ht="45" customHeight="1" outlineLevel="1">
       <c r="A227" s="3"/>
       <c r="B227" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C227" s="4" t="s">
         <v>444</v>
       </c>
       <c r="D227" s="5">
-        <v>7.5</v>
+        <v>9</v>
       </c>
       <c r="E227" s="5">
-        <v>7.5</v>
+        <v>9</v>
       </c>
       <c r="F227" s="5">
-        <v>6.6999998092651367</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="G227" s="5">
-        <v>6.3000001907348633</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="H227" s="5">
-        <v>5.9000000953674316</v>
+        <v>7.4000000953674316</v>
       </c>
       <c r="I227" s="6"/>
       <c r="J227" s="5">
         <f>IF( 5000&gt;K4,K227,IF( 10000&gt;L4,L227,IF( 15000&gt;M4,M227,IF( 20000&gt;N4,N227,O227))))</f>
       </c>
       <c r="K227" s="0">
         <f>D227*I227</f>
       </c>
       <c r="L227" s="0">
         <f>E227*I227</f>
       </c>
       <c r="M227" s="0">
         <f>F227*I227</f>
       </c>
       <c r="N227" s="0">
         <f>G227*I227</f>
       </c>
       <c r="O227" s="0">
         <f>H227*I227</f>
       </c>
     </row>
     <row r="228" ht="45" customHeight="1" outlineLevel="1">
       <c r="A228" s="3"/>
       <c r="B228" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C228" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D228" s="5">
-        <v>14.048000335693359</v>
+        <v>7.5</v>
       </c>
       <c r="E228" s="5">
-        <v>14.048000335693359</v>
+        <v>7.5</v>
       </c>
       <c r="F228" s="5">
-        <v>13.170000076293945</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="G228" s="5">
-        <v>12.730999946594238</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="H228" s="5">
-        <v>12.291999816894531</v>
+        <v>5.9000000953674316</v>
       </c>
       <c r="I228" s="6"/>
       <c r="J228" s="5">
         <f>IF( 5000&gt;K4,K228,IF( 10000&gt;L4,L228,IF( 15000&gt;M4,M228,IF( 20000&gt;N4,N228,O228))))</f>
       </c>
       <c r="K228" s="0">
         <f>D228*I228</f>
       </c>
       <c r="L228" s="0">
         <f>E228*I228</f>
       </c>
       <c r="M228" s="0">
         <f>F228*I228</f>
       </c>
       <c r="N228" s="0">
         <f>G228*I228</f>
       </c>
       <c r="O228" s="0">
         <f>H228*I228</f>
       </c>
     </row>
     <row r="229" ht="45" customHeight="1" outlineLevel="1">
       <c r="A229" s="3"/>
       <c r="B229" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>448</v>
       </c>
       <c r="D229" s="5">
-        <v>8.6000003814697266</v>
+        <v>14.048000335693359</v>
       </c>
       <c r="E229" s="5">
-        <v>8.6000003814697266</v>
+        <v>14.048000335693359</v>
       </c>
       <c r="F229" s="5">
-        <v>7.8000001907348633</v>
+        <v>13.170000076293945</v>
       </c>
       <c r="G229" s="5">
-        <v>7.4000000953674316</v>
+        <v>12.730999946594238</v>
       </c>
       <c r="H229" s="5">
-        <v>7</v>
+        <v>12.291999816894531</v>
       </c>
       <c r="I229" s="6"/>
       <c r="J229" s="5">
         <f>IF( 5000&gt;K4,K229,IF( 10000&gt;L4,L229,IF( 15000&gt;M4,M229,IF( 20000&gt;N4,N229,O229))))</f>
       </c>
       <c r="K229" s="0">
         <f>D229*I229</f>
       </c>
       <c r="L229" s="0">
         <f>E229*I229</f>
       </c>
       <c r="M229" s="0">
         <f>F229*I229</f>
       </c>
       <c r="N229" s="0">
         <f>G229*I229</f>
       </c>
       <c r="O229" s="0">
         <f>H229*I229</f>
       </c>
     </row>
     <row r="230" ht="45" customHeight="1" outlineLevel="1">
       <c r="A230" s="3"/>
       <c r="B230" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C230" s="4" t="s">
         <v>450</v>
       </c>
       <c r="D230" s="5">
-        <v>12.5</v>
+        <v>8.6000003814697266</v>
       </c>
       <c r="E230" s="5">
-        <v>12.5</v>
+        <v>8.6000003814697266</v>
       </c>
       <c r="F230" s="5">
-        <v>11.5</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="G230" s="5">
-        <v>11</v>
+        <v>7.4000000953674316</v>
       </c>
       <c r="H230" s="5">
-        <v>10.5</v>
+        <v>7</v>
       </c>
       <c r="I230" s="6"/>
       <c r="J230" s="5">
         <f>IF( 5000&gt;K4,K230,IF( 10000&gt;L4,L230,IF( 15000&gt;M4,M230,IF( 20000&gt;N4,N230,O230))))</f>
       </c>
       <c r="K230" s="0">
         <f>D230*I230</f>
       </c>
       <c r="L230" s="0">
         <f>E230*I230</f>
       </c>
       <c r="M230" s="0">
         <f>F230*I230</f>
       </c>
       <c r="N230" s="0">
         <f>G230*I230</f>
       </c>
       <c r="O230" s="0">
         <f>H230*I230</f>
       </c>
     </row>
     <row r="231" ht="45" customHeight="1" outlineLevel="1">
       <c r="A231" s="3"/>
       <c r="B231" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>452</v>
       </c>
       <c r="D231" s="5">
-        <v>18.700000762939453</v>
+        <v>12.5</v>
       </c>
       <c r="E231" s="5">
-        <v>18.700000762939453</v>
+        <v>12.5</v>
       </c>
       <c r="F231" s="5">
-        <v>17.700000762939453</v>
+        <v>11.5</v>
       </c>
       <c r="G231" s="5">
-        <v>17.200000762939453</v>
+        <v>11</v>
       </c>
       <c r="H231" s="5">
-        <v>16.700000762939453</v>
+        <v>10.5</v>
       </c>
       <c r="I231" s="6"/>
       <c r="J231" s="5">
         <f>IF( 5000&gt;K4,K231,IF( 10000&gt;L4,L231,IF( 15000&gt;M4,M231,IF( 20000&gt;N4,N231,O231))))</f>
       </c>
       <c r="K231" s="0">
         <f>D231*I231</f>
       </c>
       <c r="L231" s="0">
         <f>E231*I231</f>
       </c>
       <c r="M231" s="0">
         <f>F231*I231</f>
       </c>
       <c r="N231" s="0">
         <f>G231*I231</f>
       </c>
       <c r="O231" s="0">
         <f>H231*I231</f>
       </c>
     </row>
     <row r="232" ht="45" customHeight="1" outlineLevel="1">
       <c r="A232" s="3"/>
       <c r="B232" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C232" s="4" t="s">
         <v>454</v>
       </c>
       <c r="D232" s="5">
-        <v>5.6999998092651367</v>
+        <v>18.700000762939453</v>
       </c>
       <c r="E232" s="5">
-        <v>5.6999998092651367</v>
+        <v>18.700000762939453</v>
       </c>
       <c r="F232" s="5">
-        <v>5.0999999046325684</v>
+        <v>17.700000762939453</v>
       </c>
       <c r="G232" s="5">
-        <v>4.8000001907348633</v>
+        <v>17.200000762939453</v>
       </c>
       <c r="H232" s="5">
-        <v>4.5</v>
+        <v>16.700000762939453</v>
       </c>
       <c r="I232" s="6"/>
       <c r="J232" s="5">
         <f>IF( 5000&gt;K4,K232,IF( 10000&gt;L4,L232,IF( 15000&gt;M4,M232,IF( 20000&gt;N4,N232,O232))))</f>
       </c>
       <c r="K232" s="0">
         <f>D232*I232</f>
       </c>
       <c r="L232" s="0">
         <f>E232*I232</f>
       </c>
       <c r="M232" s="0">
         <f>F232*I232</f>
       </c>
       <c r="N232" s="0">
         <f>G232*I232</f>
       </c>
       <c r="O232" s="0">
         <f>H232*I232</f>
       </c>
     </row>
     <row r="233" ht="45" customHeight="1" outlineLevel="1">
       <c r="A233" s="3"/>
       <c r="B233" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C233" s="4" t="s">
         <v>456</v>
       </c>
       <c r="D233" s="5">
-        <v>3</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E233" s="5">
-        <v>3</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F233" s="5">
-        <v>2.5999999046325684</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G233" s="5">
-        <v>2.4000000953674316</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H233" s="5">
-        <v>2.2000000476837158</v>
+        <v>4.5</v>
       </c>
       <c r="I233" s="6"/>
       <c r="J233" s="5">
         <f>IF( 5000&gt;K4,K233,IF( 10000&gt;L4,L233,IF( 15000&gt;M4,M233,IF( 20000&gt;N4,N233,O233))))</f>
       </c>
       <c r="K233" s="0">
         <f>D233*I233</f>
       </c>
       <c r="L233" s="0">
         <f>E233*I233</f>
       </c>
       <c r="M233" s="0">
         <f>F233*I233</f>
       </c>
       <c r="N233" s="0">
         <f>G233*I233</f>
       </c>
       <c r="O233" s="0">
         <f>H233*I233</f>
       </c>
     </row>
     <row r="234" ht="45" customHeight="1" outlineLevel="1">
       <c r="A234" s="3"/>
       <c r="B234" s="2" t="s">
         <v>457</v>
@@ -22377,1931 +23558,1931 @@
       <c r="K234" s="0">
         <f>D234*I234</f>
       </c>
       <c r="L234" s="0">
         <f>E234*I234</f>
       </c>
       <c r="M234" s="0">
         <f>F234*I234</f>
       </c>
       <c r="N234" s="0">
         <f>G234*I234</f>
       </c>
       <c r="O234" s="0">
         <f>H234*I234</f>
       </c>
     </row>
     <row r="235" ht="45" customHeight="1" outlineLevel="1">
       <c r="A235" s="3"/>
       <c r="B235" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C235" s="4" t="s">
         <v>460</v>
       </c>
       <c r="D235" s="5">
-        <v>3.5699999332427979</v>
+        <v>3</v>
       </c>
       <c r="E235" s="5">
-        <v>3.5699999332427979</v>
+        <v>3</v>
       </c>
       <c r="F235" s="5">
-        <v>3.1700000762939453</v>
+        <v>2.5999999046325684</v>
       </c>
       <c r="G235" s="5">
-        <v>2.9700000286102295</v>
+        <v>2.4000000953674316</v>
       </c>
       <c r="H235" s="5">
-        <v>2.7699999809265137</v>
+        <v>2.2000000476837158</v>
       </c>
       <c r="I235" s="6"/>
       <c r="J235" s="5">
         <f>IF( 5000&gt;K4,K235,IF( 10000&gt;L4,L235,IF( 15000&gt;M4,M235,IF( 20000&gt;N4,N235,O235))))</f>
       </c>
       <c r="K235" s="0">
         <f>D235*I235</f>
       </c>
       <c r="L235" s="0">
         <f>E235*I235</f>
       </c>
       <c r="M235" s="0">
         <f>F235*I235</f>
       </c>
       <c r="N235" s="0">
         <f>G235*I235</f>
       </c>
       <c r="O235" s="0">
         <f>H235*I235</f>
       </c>
     </row>
     <row r="236" ht="45" customHeight="1" outlineLevel="1">
       <c r="A236" s="3"/>
       <c r="B236" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C236" s="4" t="s">
         <v>462</v>
       </c>
       <c r="D236" s="5">
-        <v>4.1100001335144043</v>
+        <v>3.5699999332427979</v>
       </c>
       <c r="E236" s="5">
-        <v>4.1100001335144043</v>
+        <v>3.5699999332427979</v>
       </c>
       <c r="F236" s="5">
-        <v>3.7100000381469727</v>
+        <v>3.1700000762939453</v>
       </c>
       <c r="G236" s="5">
-        <v>3.5099999904632568</v>
+        <v>2.9700000286102295</v>
       </c>
       <c r="H236" s="5">
-        <v>3.309999942779541</v>
+        <v>2.7699999809265137</v>
       </c>
       <c r="I236" s="6"/>
       <c r="J236" s="5">
         <f>IF( 5000&gt;K4,K236,IF( 10000&gt;L4,L236,IF( 15000&gt;M4,M236,IF( 20000&gt;N4,N236,O236))))</f>
       </c>
       <c r="K236" s="0">
         <f>D236*I236</f>
       </c>
       <c r="L236" s="0">
         <f>E236*I236</f>
       </c>
       <c r="M236" s="0">
         <f>F236*I236</f>
       </c>
       <c r="N236" s="0">
         <f>G236*I236</f>
       </c>
       <c r="O236" s="0">
         <f>H236*I236</f>
       </c>
     </row>
     <row r="237" ht="45" customHeight="1" outlineLevel="1">
       <c r="A237" s="3"/>
       <c r="B237" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C237" s="4" t="s">
         <v>464</v>
       </c>
       <c r="D237" s="5">
-        <v>5.8400001525878906</v>
+        <v>4.1100001335144043</v>
       </c>
       <c r="E237" s="5">
-        <v>5.8400001525878906</v>
+        <v>4.1100001335144043</v>
       </c>
       <c r="F237" s="5">
-        <v>5.2399997711181641</v>
+        <v>3.7100000381469727</v>
       </c>
       <c r="G237" s="5">
-        <v>4.940000057220459</v>
+        <v>3.5099999904632568</v>
       </c>
       <c r="H237" s="5">
-        <v>4.6399998664855957</v>
+        <v>3.309999942779541</v>
       </c>
       <c r="I237" s="6"/>
       <c r="J237" s="5">
         <f>IF( 5000&gt;K4,K237,IF( 10000&gt;L4,L237,IF( 15000&gt;M4,M237,IF( 20000&gt;N4,N237,O237))))</f>
       </c>
       <c r="K237" s="0">
         <f>D237*I237</f>
       </c>
       <c r="L237" s="0">
         <f>E237*I237</f>
       </c>
       <c r="M237" s="0">
         <f>F237*I237</f>
       </c>
       <c r="N237" s="0">
         <f>G237*I237</f>
       </c>
       <c r="O237" s="0">
         <f>H237*I237</f>
       </c>
     </row>
     <row r="238" ht="45" customHeight="1" outlineLevel="1">
       <c r="A238" s="3"/>
       <c r="B238" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C238" s="4" t="s">
         <v>466</v>
       </c>
       <c r="D238" s="5">
-        <v>5.179999828338623</v>
+        <v>5.8400001525878906</v>
       </c>
       <c r="E238" s="5">
-        <v>5.179999828338623</v>
+        <v>5.8400001525878906</v>
       </c>
       <c r="F238" s="5">
-        <v>4.5799999237060547</v>
+        <v>5.2399997711181641</v>
       </c>
       <c r="G238" s="5">
-        <v>4.28000020980835</v>
+        <v>4.940000057220459</v>
       </c>
       <c r="H238" s="5">
-        <v>4.9800000190734863</v>
+        <v>4.6399998664855957</v>
       </c>
       <c r="I238" s="6"/>
       <c r="J238" s="5">
         <f>IF( 5000&gt;K4,K238,IF( 10000&gt;L4,L238,IF( 15000&gt;M4,M238,IF( 20000&gt;N4,N238,O238))))</f>
       </c>
       <c r="K238" s="0">
         <f>D238*I238</f>
       </c>
       <c r="L238" s="0">
         <f>E238*I238</f>
       </c>
       <c r="M238" s="0">
         <f>F238*I238</f>
       </c>
       <c r="N238" s="0">
         <f>G238*I238</f>
       </c>
       <c r="O238" s="0">
         <f>H238*I238</f>
       </c>
     </row>
     <row r="239" ht="45" customHeight="1" outlineLevel="1">
       <c r="A239" s="3"/>
       <c r="B239" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C239" s="4" t="s">
         <v>468</v>
       </c>
       <c r="D239" s="5">
-        <v>0</v>
+        <v>5.179999828338623</v>
       </c>
       <c r="E239" s="5">
-        <v>0</v>
+        <v>5.179999828338623</v>
       </c>
       <c r="F239" s="5">
-        <v>0</v>
+        <v>4.5799999237060547</v>
       </c>
       <c r="G239" s="5">
-        <v>0</v>
+        <v>4.28000020980835</v>
       </c>
       <c r="H239" s="5">
-        <v>0</v>
+        <v>4.9800000190734863</v>
       </c>
       <c r="I239" s="6"/>
       <c r="J239" s="5">
         <f>IF( 5000&gt;K4,K239,IF( 10000&gt;L4,L239,IF( 15000&gt;M4,M239,IF( 20000&gt;N4,N239,O239))))</f>
       </c>
       <c r="K239" s="0">
         <f>D239*I239</f>
       </c>
       <c r="L239" s="0">
         <f>E239*I239</f>
       </c>
       <c r="M239" s="0">
         <f>F239*I239</f>
       </c>
       <c r="N239" s="0">
         <f>G239*I239</f>
       </c>
       <c r="O239" s="0">
         <f>H239*I239</f>
       </c>
     </row>
     <row r="240" ht="45" customHeight="1" outlineLevel="1">
       <c r="A240" s="3"/>
       <c r="B240" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C240" s="4" t="s">
         <v>470</v>
       </c>
       <c r="D240" s="5">
-        <v>6.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="E240" s="5">
-        <v>6.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="F240" s="5">
-        <v>6.2399997711181641</v>
+        <v>0</v>
       </c>
       <c r="G240" s="5">
-        <v>5.940000057220459</v>
+        <v>0</v>
       </c>
       <c r="H240" s="5">
-        <v>5.6399998664855957</v>
+        <v>0</v>
       </c>
       <c r="I240" s="6"/>
       <c r="J240" s="5">
         <f>IF( 5000&gt;K4,K240,IF( 10000&gt;L4,L240,IF( 15000&gt;M4,M240,IF( 20000&gt;N4,N240,O240))))</f>
       </c>
       <c r="K240" s="0">
         <f>D240*I240</f>
       </c>
       <c r="L240" s="0">
         <f>E240*I240</f>
       </c>
       <c r="M240" s="0">
         <f>F240*I240</f>
       </c>
       <c r="N240" s="0">
         <f>G240*I240</f>
       </c>
       <c r="O240" s="0">
         <f>H240*I240</f>
       </c>
     </row>
     <row r="241" ht="45" customHeight="1" outlineLevel="1">
       <c r="A241" s="3"/>
       <c r="B241" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C241" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D241" s="5">
-        <v>7.380000114440918</v>
+        <v>6.8400001525878906</v>
       </c>
       <c r="E241" s="5">
-        <v>7.380000114440918</v>
+        <v>6.8400001525878906</v>
       </c>
       <c r="F241" s="5">
-        <v>6.78000020980835</v>
+        <v>6.2399997711181641</v>
       </c>
       <c r="G241" s="5">
-        <v>6.4800000190734863</v>
+        <v>5.940000057220459</v>
       </c>
       <c r="H241" s="5">
-        <v>6.179999828338623</v>
+        <v>5.6399998664855957</v>
       </c>
       <c r="I241" s="6"/>
       <c r="J241" s="5">
         <f>IF( 5000&gt;K4,K241,IF( 10000&gt;L4,L241,IF( 15000&gt;M4,M241,IF( 20000&gt;N4,N241,O241))))</f>
       </c>
       <c r="K241" s="0">
         <f>D241*I241</f>
       </c>
       <c r="L241" s="0">
         <f>E241*I241</f>
       </c>
       <c r="M241" s="0">
         <f>F241*I241</f>
       </c>
       <c r="N241" s="0">
         <f>G241*I241</f>
       </c>
       <c r="O241" s="0">
         <f>H241*I241</f>
       </c>
     </row>
     <row r="242" ht="45" customHeight="1" outlineLevel="1">
       <c r="A242" s="3"/>
       <c r="B242" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C242" s="4" t="s">
         <v>474</v>
       </c>
       <c r="D242" s="5">
-        <v>0</v>
+        <v>7.380000114440918</v>
       </c>
       <c r="E242" s="5">
-        <v>0</v>
+        <v>7.380000114440918</v>
       </c>
       <c r="F242" s="5">
-        <v>0</v>
+        <v>6.78000020980835</v>
       </c>
       <c r="G242" s="5">
-        <v>0</v>
+        <v>6.4800000190734863</v>
       </c>
       <c r="H242" s="5">
-        <v>0</v>
+        <v>6.179999828338623</v>
       </c>
       <c r="I242" s="6"/>
       <c r="J242" s="5">
         <f>IF( 5000&gt;K4,K242,IF( 10000&gt;L4,L242,IF( 15000&gt;M4,M242,IF( 20000&gt;N4,N242,O242))))</f>
       </c>
       <c r="K242" s="0">
         <f>D242*I242</f>
       </c>
       <c r="L242" s="0">
         <f>E242*I242</f>
       </c>
       <c r="M242" s="0">
         <f>F242*I242</f>
       </c>
       <c r="N242" s="0">
         <f>G242*I242</f>
       </c>
       <c r="O242" s="0">
         <f>H242*I242</f>
       </c>
     </row>
     <row r="243" ht="45" customHeight="1" outlineLevel="1">
       <c r="A243" s="3"/>
       <c r="B243" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>476</v>
       </c>
       <c r="D243" s="5">
-        <v>8.8900003433227539</v>
+        <v>0</v>
       </c>
       <c r="E243" s="5">
-        <v>8.8900003433227539</v>
+        <v>0</v>
       </c>
       <c r="F243" s="5">
-        <v>8.09000015258789</v>
+        <v>0</v>
       </c>
       <c r="G243" s="5">
-        <v>7.690000057220459</v>
+        <v>0</v>
       </c>
       <c r="H243" s="5">
-        <v>7.2899999618530273</v>
+        <v>0</v>
       </c>
       <c r="I243" s="6"/>
       <c r="J243" s="5">
         <f>IF( 5000&gt;K4,K243,IF( 10000&gt;L4,L243,IF( 15000&gt;M4,M243,IF( 20000&gt;N4,N243,O243))))</f>
       </c>
       <c r="K243" s="0">
         <f>D243*I243</f>
       </c>
       <c r="L243" s="0">
         <f>E243*I243</f>
       </c>
       <c r="M243" s="0">
         <f>F243*I243</f>
       </c>
       <c r="N243" s="0">
         <f>G243*I243</f>
       </c>
       <c r="O243" s="0">
         <f>H243*I243</f>
       </c>
     </row>
     <row r="244" ht="45" customHeight="1" outlineLevel="1">
       <c r="A244" s="3"/>
       <c r="B244" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C244" s="4" t="s">
         <v>478</v>
       </c>
       <c r="D244" s="5">
-        <v>10.4399995803833</v>
+        <v>8.8900003433227539</v>
       </c>
       <c r="E244" s="5">
-        <v>10.4399995803833</v>
+        <v>8.8900003433227539</v>
       </c>
       <c r="F244" s="5">
-        <v>9.6400003433227539</v>
+        <v>8.09000015258789</v>
       </c>
       <c r="G244" s="5">
-        <v>9.2399997711181641</v>
+        <v>7.690000057220459</v>
       </c>
       <c r="H244" s="5">
-        <v>8.84000015258789</v>
+        <v>7.2899999618530273</v>
       </c>
       <c r="I244" s="6"/>
       <c r="J244" s="5">
         <f>IF( 5000&gt;K4,K244,IF( 10000&gt;L4,L244,IF( 15000&gt;M4,M244,IF( 20000&gt;N4,N244,O244))))</f>
       </c>
       <c r="K244" s="0">
         <f>D244*I244</f>
       </c>
       <c r="L244" s="0">
         <f>E244*I244</f>
       </c>
       <c r="M244" s="0">
         <f>F244*I244</f>
       </c>
       <c r="N244" s="0">
         <f>G244*I244</f>
       </c>
       <c r="O244" s="0">
         <f>H244*I244</f>
       </c>
     </row>
     <row r="245" ht="45" customHeight="1" outlineLevel="1">
       <c r="A245" s="3"/>
       <c r="B245" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C245" s="4" t="s">
         <v>480</v>
       </c>
       <c r="D245" s="5">
-        <v>15.260000228881836</v>
+        <v>10.4399995803833</v>
       </c>
       <c r="E245" s="5">
-        <v>15.260000228881836</v>
+        <v>10.4399995803833</v>
       </c>
       <c r="F245" s="5">
-        <v>14.260000228881836</v>
+        <v>9.6400003433227539</v>
       </c>
       <c r="G245" s="5">
-        <v>13.760000228881836</v>
+        <v>9.2399997711181641</v>
       </c>
       <c r="H245" s="5">
-        <v>13.260000228881836</v>
+        <v>8.84000015258789</v>
       </c>
       <c r="I245" s="6"/>
       <c r="J245" s="5">
         <f>IF( 5000&gt;K4,K245,IF( 10000&gt;L4,L245,IF( 15000&gt;M4,M245,IF( 20000&gt;N4,N245,O245))))</f>
       </c>
       <c r="K245" s="0">
         <f>D245*I245</f>
       </c>
       <c r="L245" s="0">
         <f>E245*I245</f>
       </c>
       <c r="M245" s="0">
         <f>F245*I245</f>
       </c>
       <c r="N245" s="0">
         <f>G245*I245</f>
       </c>
       <c r="O245" s="0">
         <f>H245*I245</f>
       </c>
     </row>
     <row r="246" ht="45" customHeight="1" outlineLevel="1">
       <c r="A246" s="3"/>
       <c r="B246" s="2" t="s">
         <v>481</v>
       </c>
       <c r="C246" s="4" t="s">
         <v>482</v>
       </c>
       <c r="D246" s="5">
-        <v>21.889999389648438</v>
+        <v>15.260000228881836</v>
       </c>
       <c r="E246" s="5">
-        <v>21.889999389648438</v>
+        <v>15.260000228881836</v>
       </c>
       <c r="F246" s="5">
-        <v>20.889999389648438</v>
+        <v>14.260000228881836</v>
       </c>
       <c r="G246" s="5">
-        <v>20.389999389648438</v>
+        <v>13.760000228881836</v>
       </c>
       <c r="H246" s="5">
-        <v>19.889999389648438</v>
+        <v>13.260000228881836</v>
       </c>
       <c r="I246" s="6"/>
       <c r="J246" s="5">
         <f>IF( 5000&gt;K4,K246,IF( 10000&gt;L4,L246,IF( 15000&gt;M4,M246,IF( 20000&gt;N4,N246,O246))))</f>
       </c>
       <c r="K246" s="0">
         <f>D246*I246</f>
       </c>
       <c r="L246" s="0">
         <f>E246*I246</f>
       </c>
       <c r="M246" s="0">
         <f>F246*I246</f>
       </c>
       <c r="N246" s="0">
         <f>G246*I246</f>
       </c>
       <c r="O246" s="0">
         <f>H246*I246</f>
       </c>
     </row>
-    <row r="247">
-      <c r="A247" s="1" t="s">
+    <row r="247" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A247" s="3"/>
+      <c r="B247" s="2" t="s">
         <v>483</v>
       </c>
-      <c r="B247" s="1"/>
-[...11 lines deleted...]
-      <c r="B248" s="2" t="s">
+      <c r="C247" s="4" t="s">
         <v>484</v>
       </c>
-      <c r="C248" s="4" t="s">
+      <c r="D247" s="5">
+        <v>21.889999389648438</v>
+      </c>
+      <c r="E247" s="5">
+        <v>21.889999389648438</v>
+      </c>
+      <c r="F247" s="5">
+        <v>20.889999389648438</v>
+      </c>
+      <c r="G247" s="5">
+        <v>20.389999389648438</v>
+      </c>
+      <c r="H247" s="5">
+        <v>19.889999389648438</v>
+      </c>
+      <c r="I247" s="6"/>
+      <c r="J247" s="5">
+        <f>IF( 5000&gt;K4,K247,IF( 10000&gt;L4,L247,IF( 15000&gt;M4,M247,IF( 20000&gt;N4,N247,O247))))</f>
+      </c>
+      <c r="K247" s="0">
+        <f>D247*I247</f>
+      </c>
+      <c r="L247" s="0">
+        <f>E247*I247</f>
+      </c>
+      <c r="M247" s="0">
+        <f>F247*I247</f>
+      </c>
+      <c r="N247" s="0">
+        <f>G247*I247</f>
+      </c>
+      <c r="O247" s="0">
+        <f>H247*I247</f>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="D248" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B248" s="1"/>
+      <c r="C248" s="1"/>
+      <c r="D248" s="1"/>
+      <c r="E248" s="1"/>
+      <c r="F248" s="1"/>
+      <c r="G248" s="1"/>
+      <c r="H248" s="1"/>
+      <c r="I248" s="1"/>
+      <c r="J248" s="1"/>
     </row>
     <row r="249" ht="45" customHeight="1" outlineLevel="1">
       <c r="A249" s="3"/>
       <c r="B249" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>487</v>
       </c>
       <c r="D249" s="5">
-        <v>5.880000114440918</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="E249" s="5">
-        <v>5.880000114440918</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="F249" s="5">
-        <v>5.4600000381469727</v>
+        <v>4.5</v>
       </c>
       <c r="G249" s="5">
-        <v>5.25</v>
+        <v>4.1999998092651367</v>
       </c>
       <c r="H249" s="5">
-        <v>5.0399999618530273</v>
+        <v>3.9000000953674316</v>
       </c>
       <c r="I249" s="6"/>
       <c r="J249" s="5">
         <f>IF( 5000&gt;K4,K249,IF( 10000&gt;L4,L249,IF( 15000&gt;M4,M249,IF( 20000&gt;N4,N249,O249))))</f>
       </c>
       <c r="K249" s="0">
         <f>D249*I249</f>
       </c>
       <c r="L249" s="0">
         <f>E249*I249</f>
       </c>
       <c r="M249" s="0">
         <f>F249*I249</f>
       </c>
       <c r="N249" s="0">
         <f>G249*I249</f>
       </c>
       <c r="O249" s="0">
         <f>H249*I249</f>
       </c>
     </row>
     <row r="250" ht="45" customHeight="1" outlineLevel="1">
       <c r="A250" s="3"/>
       <c r="B250" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C250" s="4" t="s">
         <v>489</v>
       </c>
       <c r="D250" s="5">
-        <v>5</v>
+        <v>5.880000114440918</v>
       </c>
       <c r="E250" s="5">
-        <v>5</v>
+        <v>5.880000114440918</v>
       </c>
       <c r="F250" s="5">
-        <v>4.4000000953674316</v>
+        <v>5.4600000381469727</v>
       </c>
       <c r="G250" s="5">
-        <v>4.0999999046325684</v>
+        <v>5.25</v>
       </c>
       <c r="H250" s="5">
-        <v>3.7999999523162842</v>
+        <v>5.0399999618530273</v>
       </c>
       <c r="I250" s="6"/>
       <c r="J250" s="5">
         <f>IF( 5000&gt;K4,K250,IF( 10000&gt;L4,L250,IF( 15000&gt;M4,M250,IF( 20000&gt;N4,N250,O250))))</f>
       </c>
       <c r="K250" s="0">
         <f>D250*I250</f>
       </c>
       <c r="L250" s="0">
         <f>E250*I250</f>
       </c>
       <c r="M250" s="0">
         <f>F250*I250</f>
       </c>
       <c r="N250" s="0">
         <f>G250*I250</f>
       </c>
       <c r="O250" s="0">
         <f>H250*I250</f>
       </c>
     </row>
     <row r="251" ht="45" customHeight="1" outlineLevel="1">
       <c r="A251" s="3"/>
       <c r="B251" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C251" s="4" t="s">
         <v>491</v>
       </c>
       <c r="D251" s="5">
-        <v>8.5</v>
+        <v>5</v>
       </c>
       <c r="E251" s="5">
-        <v>8.5</v>
+        <v>5</v>
       </c>
       <c r="F251" s="5">
-        <v>7.1999998092651367</v>
+        <v>4.4000000953674316</v>
       </c>
       <c r="G251" s="5">
-        <v>6.1999998092651367</v>
+        <v>4.0999999046325684</v>
       </c>
       <c r="H251" s="5">
-        <v>5.1999998092651367</v>
+        <v>3.7999999523162842</v>
       </c>
       <c r="I251" s="6"/>
       <c r="J251" s="5">
         <f>IF( 5000&gt;K4,K251,IF( 10000&gt;L4,L251,IF( 15000&gt;M4,M251,IF( 20000&gt;N4,N251,O251))))</f>
       </c>
       <c r="K251" s="0">
         <f>D251*I251</f>
       </c>
       <c r="L251" s="0">
         <f>E251*I251</f>
       </c>
       <c r="M251" s="0">
         <f>F251*I251</f>
       </c>
       <c r="N251" s="0">
         <f>G251*I251</f>
       </c>
       <c r="O251" s="0">
         <f>H251*I251</f>
       </c>
     </row>
     <row r="252" ht="45" customHeight="1" outlineLevel="1">
       <c r="A252" s="3"/>
       <c r="B252" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>493</v>
       </c>
       <c r="D252" s="5">
-        <v>11</v>
+        <v>8.5</v>
       </c>
       <c r="E252" s="5">
-        <v>11</v>
+        <v>8.5</v>
       </c>
       <c r="F252" s="5">
-        <v>9</v>
+        <v>7.1999998092651367</v>
       </c>
       <c r="G252" s="5">
-        <v>8</v>
+        <v>6.1999998092651367</v>
       </c>
       <c r="H252" s="5">
-        <v>7</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="I252" s="6"/>
       <c r="J252" s="5">
         <f>IF( 5000&gt;K4,K252,IF( 10000&gt;L4,L252,IF( 15000&gt;M4,M252,IF( 20000&gt;N4,N252,O252))))</f>
       </c>
       <c r="K252" s="0">
         <f>D252*I252</f>
       </c>
       <c r="L252" s="0">
         <f>E252*I252</f>
       </c>
       <c r="M252" s="0">
         <f>F252*I252</f>
       </c>
       <c r="N252" s="0">
         <f>G252*I252</f>
       </c>
       <c r="O252" s="0">
         <f>H252*I252</f>
       </c>
     </row>
     <row r="253" ht="45" customHeight="1" outlineLevel="1">
       <c r="A253" s="3"/>
       <c r="B253" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C253" s="4" t="s">
         <v>495</v>
       </c>
       <c r="D253" s="5">
-        <v>9.8000001907348633</v>
+        <v>11</v>
       </c>
       <c r="E253" s="5">
-        <v>9.8000001907348633</v>
+        <v>11</v>
       </c>
       <c r="F253" s="5">
-        <v>8.3999996185302734</v>
+        <v>9</v>
       </c>
       <c r="G253" s="5">
-        <v>7.6999998092651367</v>
+        <v>8</v>
       </c>
       <c r="H253" s="5">
         <v>7</v>
       </c>
       <c r="I253" s="6"/>
       <c r="J253" s="5">
         <f>IF( 5000&gt;K4,K253,IF( 10000&gt;L4,L253,IF( 15000&gt;M4,M253,IF( 20000&gt;N4,N253,O253))))</f>
       </c>
       <c r="K253" s="0">
         <f>D253*I253</f>
       </c>
       <c r="L253" s="0">
         <f>E253*I253</f>
       </c>
       <c r="M253" s="0">
         <f>F253*I253</f>
       </c>
       <c r="N253" s="0">
         <f>G253*I253</f>
       </c>
       <c r="O253" s="0">
         <f>H253*I253</f>
       </c>
     </row>
     <row r="254" ht="45" customHeight="1" outlineLevel="1">
       <c r="A254" s="3"/>
       <c r="B254" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C254" s="4" t="s">
         <v>497</v>
       </c>
       <c r="D254" s="5">
-        <v>13</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="E254" s="5">
-        <v>13</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="F254" s="5">
-        <v>11.399999618530273</v>
+        <v>8.3999996185302734</v>
       </c>
       <c r="G254" s="5">
-        <v>10.399999618530273</v>
+        <v>7.6999998092651367</v>
       </c>
       <c r="H254" s="5">
-        <v>9.3999996185302734</v>
+        <v>7</v>
       </c>
       <c r="I254" s="6"/>
       <c r="J254" s="5">
         <f>IF( 5000&gt;K4,K254,IF( 10000&gt;L4,L254,IF( 15000&gt;M4,M254,IF( 20000&gt;N4,N254,O254))))</f>
       </c>
       <c r="K254" s="0">
         <f>D254*I254</f>
       </c>
       <c r="L254" s="0">
         <f>E254*I254</f>
       </c>
       <c r="M254" s="0">
         <f>F254*I254</f>
       </c>
       <c r="N254" s="0">
         <f>G254*I254</f>
       </c>
       <c r="O254" s="0">
         <f>H254*I254</f>
       </c>
     </row>
     <row r="255" ht="45" customHeight="1" outlineLevel="1">
       <c r="A255" s="3"/>
       <c r="B255" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>499</v>
       </c>
       <c r="D255" s="5">
-        <v>11.100000381469727</v>
+        <v>13</v>
       </c>
       <c r="E255" s="5">
-        <v>11.100000381469727</v>
+        <v>13</v>
       </c>
       <c r="F255" s="5">
-        <v>9.6999998092651367</v>
+        <v>11.399999618530273</v>
       </c>
       <c r="G255" s="5">
-        <v>9.1000003814697266</v>
+        <v>10.399999618530273</v>
       </c>
       <c r="H255" s="5">
-        <v>8.3999996185302734</v>
+        <v>9.3999996185302734</v>
       </c>
       <c r="I255" s="6"/>
       <c r="J255" s="5">
         <f>IF( 5000&gt;K4,K255,IF( 10000&gt;L4,L255,IF( 15000&gt;M4,M255,IF( 20000&gt;N4,N255,O255))))</f>
       </c>
       <c r="K255" s="0">
         <f>D255*I255</f>
       </c>
       <c r="L255" s="0">
         <f>E255*I255</f>
       </c>
       <c r="M255" s="0">
         <f>F255*I255</f>
       </c>
       <c r="N255" s="0">
         <f>G255*I255</f>
       </c>
       <c r="O255" s="0">
         <f>H255*I255</f>
       </c>
     </row>
     <row r="256" ht="45" customHeight="1" outlineLevel="1">
       <c r="A256" s="3"/>
       <c r="B256" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C256" s="4" t="s">
         <v>501</v>
       </c>
       <c r="D256" s="5">
-        <v>21</v>
+        <v>11.100000381469727</v>
       </c>
       <c r="E256" s="5">
-        <v>21</v>
+        <v>11.100000381469727</v>
       </c>
       <c r="F256" s="5">
-        <v>18</v>
+        <v>9.6999998092651367</v>
       </c>
       <c r="G256" s="5">
-        <v>16.5</v>
+        <v>9.1000003814697266</v>
       </c>
       <c r="H256" s="5">
-        <v>15</v>
+        <v>8.3999996185302734</v>
       </c>
       <c r="I256" s="6"/>
       <c r="J256" s="5">
         <f>IF( 5000&gt;K4,K256,IF( 10000&gt;L4,L256,IF( 15000&gt;M4,M256,IF( 20000&gt;N4,N256,O256))))</f>
       </c>
       <c r="K256" s="0">
         <f>D256*I256</f>
       </c>
       <c r="L256" s="0">
         <f>E256*I256</f>
       </c>
       <c r="M256" s="0">
         <f>F256*I256</f>
       </c>
       <c r="N256" s="0">
         <f>G256*I256</f>
       </c>
       <c r="O256" s="0">
         <f>H256*I256</f>
       </c>
     </row>
     <row r="257" ht="45" customHeight="1" outlineLevel="1">
       <c r="A257" s="3"/>
       <c r="B257" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C257" s="4" t="s">
         <v>503</v>
       </c>
       <c r="D257" s="5">
-        <v>9.5</v>
+        <v>21</v>
       </c>
       <c r="E257" s="5">
-        <v>9.5</v>
+        <v>21</v>
       </c>
       <c r="F257" s="5">
-        <v>8.1000003814697266</v>
+        <v>18</v>
       </c>
       <c r="G257" s="5">
-        <v>7.1999998092651367</v>
+        <v>16.5</v>
       </c>
       <c r="H257" s="5">
-        <v>6.5</v>
+        <v>15</v>
       </c>
       <c r="I257" s="6"/>
       <c r="J257" s="5">
         <f>IF( 5000&gt;K4,K257,IF( 10000&gt;L4,L257,IF( 15000&gt;M4,M257,IF( 20000&gt;N4,N257,O257))))</f>
       </c>
       <c r="K257" s="0">
         <f>D257*I257</f>
       </c>
       <c r="L257" s="0">
         <f>E257*I257</f>
       </c>
       <c r="M257" s="0">
         <f>F257*I257</f>
       </c>
       <c r="N257" s="0">
         <f>G257*I257</f>
       </c>
       <c r="O257" s="0">
         <f>H257*I257</f>
       </c>
     </row>
     <row r="258" ht="45" customHeight="1" outlineLevel="1">
       <c r="A258" s="3"/>
       <c r="B258" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>505</v>
       </c>
       <c r="D258" s="5">
-        <v>17</v>
+        <v>9.5</v>
       </c>
       <c r="E258" s="5">
-        <v>17</v>
+        <v>9.5</v>
       </c>
       <c r="F258" s="5">
-        <v>15</v>
+        <v>8.1000003814697266</v>
       </c>
       <c r="G258" s="5">
-        <v>13.5</v>
+        <v>7.1999998092651367</v>
       </c>
       <c r="H258" s="5">
-        <v>12</v>
+        <v>6.5</v>
       </c>
       <c r="I258" s="6"/>
       <c r="J258" s="5">
         <f>IF( 5000&gt;K4,K258,IF( 10000&gt;L4,L258,IF( 15000&gt;M4,M258,IF( 20000&gt;N4,N258,O258))))</f>
       </c>
       <c r="K258" s="0">
         <f>D258*I258</f>
       </c>
       <c r="L258" s="0">
         <f>E258*I258</f>
       </c>
       <c r="M258" s="0">
         <f>F258*I258</f>
       </c>
       <c r="N258" s="0">
         <f>G258*I258</f>
       </c>
       <c r="O258" s="0">
         <f>H258*I258</f>
       </c>
     </row>
     <row r="259" ht="45" customHeight="1" outlineLevel="1">
       <c r="A259" s="3"/>
       <c r="B259" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>507</v>
       </c>
       <c r="D259" s="5">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="E259" s="5">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F259" s="5">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="G259" s="5">
-        <v>3.5</v>
+        <v>13.5</v>
       </c>
       <c r="H259" s="5">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="I259" s="6"/>
       <c r="J259" s="5">
         <f>IF( 5000&gt;K4,K259,IF( 10000&gt;L4,L259,IF( 15000&gt;M4,M259,IF( 20000&gt;N4,N259,O259))))</f>
       </c>
       <c r="K259" s="0">
         <f>D259*I259</f>
       </c>
       <c r="L259" s="0">
         <f>E259*I259</f>
       </c>
       <c r="M259" s="0">
         <f>F259*I259</f>
       </c>
       <c r="N259" s="0">
         <f>G259*I259</f>
       </c>
       <c r="O259" s="0">
         <f>H259*I259</f>
       </c>
     </row>
     <row r="260" ht="45" customHeight="1" outlineLevel="1">
       <c r="A260" s="3"/>
       <c r="B260" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>509</v>
       </c>
       <c r="D260" s="5">
-        <v>20.5</v>
+        <v>5</v>
       </c>
       <c r="E260" s="5">
-        <v>20.5</v>
+        <v>5</v>
       </c>
       <c r="F260" s="5">
-        <v>19.399999618530273</v>
+        <v>4</v>
       </c>
       <c r="G260" s="5">
-        <v>18.299999237060547</v>
+        <v>3.5</v>
       </c>
       <c r="H260" s="5">
-        <v>15.399999618530273</v>
+        <v>3</v>
       </c>
       <c r="I260" s="6"/>
       <c r="J260" s="5">
         <f>IF( 5000&gt;K4,K260,IF( 10000&gt;L4,L260,IF( 15000&gt;M4,M260,IF( 20000&gt;N4,N260,O260))))</f>
       </c>
       <c r="K260" s="0">
         <f>D260*I260</f>
       </c>
       <c r="L260" s="0">
         <f>E260*I260</f>
       </c>
       <c r="M260" s="0">
         <f>F260*I260</f>
       </c>
       <c r="N260" s="0">
         <f>G260*I260</f>
       </c>
       <c r="O260" s="0">
         <f>H260*I260</f>
       </c>
     </row>
     <row r="261" ht="45" customHeight="1" outlineLevel="1">
       <c r="A261" s="3"/>
       <c r="B261" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C261" s="4" t="s">
         <v>511</v>
       </c>
       <c r="D261" s="5">
-        <v>10.5</v>
+        <v>20.5</v>
       </c>
       <c r="E261" s="5">
-        <v>10.5</v>
+        <v>20.5</v>
       </c>
       <c r="F261" s="5">
-        <v>9</v>
+        <v>19.399999618530273</v>
       </c>
       <c r="G261" s="5">
-        <v>8</v>
+        <v>18.299999237060547</v>
       </c>
       <c r="H261" s="5">
-        <v>7</v>
+        <v>15.399999618530273</v>
       </c>
       <c r="I261" s="6"/>
       <c r="J261" s="5">
         <f>IF( 5000&gt;K4,K261,IF( 10000&gt;L4,L261,IF( 15000&gt;M4,M261,IF( 20000&gt;N4,N261,O261))))</f>
       </c>
       <c r="K261" s="0">
         <f>D261*I261</f>
       </c>
       <c r="L261" s="0">
         <f>E261*I261</f>
       </c>
       <c r="M261" s="0">
         <f>F261*I261</f>
       </c>
       <c r="N261" s="0">
         <f>G261*I261</f>
       </c>
       <c r="O261" s="0">
         <f>H261*I261</f>
       </c>
     </row>
     <row r="262" ht="45" customHeight="1" outlineLevel="1">
       <c r="A262" s="3"/>
       <c r="B262" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C262" s="4" t="s">
         <v>513</v>
       </c>
       <c r="D262" s="5">
-        <v>14.5</v>
+        <v>10.5</v>
       </c>
       <c r="E262" s="5">
-        <v>14.5</v>
+        <v>10.5</v>
       </c>
       <c r="F262" s="5">
-        <v>12.600000381469727</v>
+        <v>9</v>
       </c>
       <c r="G262" s="5">
-        <v>11.800000190734863</v>
+        <v>8</v>
       </c>
       <c r="H262" s="5">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I262" s="6"/>
       <c r="J262" s="5">
         <f>IF( 5000&gt;K4,K262,IF( 10000&gt;L4,L262,IF( 15000&gt;M4,M262,IF( 20000&gt;N4,N262,O262))))</f>
       </c>
       <c r="K262" s="0">
         <f>D262*I262</f>
       </c>
       <c r="L262" s="0">
         <f>E262*I262</f>
       </c>
       <c r="M262" s="0">
         <f>F262*I262</f>
       </c>
       <c r="N262" s="0">
         <f>G262*I262</f>
       </c>
       <c r="O262" s="0">
         <f>H262*I262</f>
       </c>
     </row>
     <row r="263" ht="45" customHeight="1" outlineLevel="1">
       <c r="A263" s="3"/>
       <c r="B263" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C263" s="4" t="s">
         <v>515</v>
       </c>
       <c r="D263" s="5">
-        <v>31</v>
+        <v>14.5</v>
       </c>
       <c r="E263" s="5">
-        <v>31</v>
+        <v>14.5</v>
       </c>
       <c r="F263" s="5">
-        <v>28.5</v>
+        <v>12.600000381469727</v>
       </c>
       <c r="G263" s="5">
-        <v>26.5</v>
+        <v>11.800000190734863</v>
       </c>
       <c r="H263" s="5">
-        <v>23.600000381469727</v>
+        <v>11</v>
       </c>
       <c r="I263" s="6"/>
       <c r="J263" s="5">
         <f>IF( 5000&gt;K4,K263,IF( 10000&gt;L4,L263,IF( 15000&gt;M4,M263,IF( 20000&gt;N4,N263,O263))))</f>
       </c>
       <c r="K263" s="0">
         <f>D263*I263</f>
       </c>
       <c r="L263" s="0">
         <f>E263*I263</f>
       </c>
       <c r="M263" s="0">
         <f>F263*I263</f>
       </c>
       <c r="N263" s="0">
         <f>G263*I263</f>
       </c>
       <c r="O263" s="0">
         <f>H263*I263</f>
       </c>
     </row>
     <row r="264" ht="45" customHeight="1" outlineLevel="1">
       <c r="A264" s="3"/>
       <c r="B264" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C264" s="4" t="s">
         <v>517</v>
       </c>
       <c r="D264" s="5">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E264" s="5">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F264" s="5">
-        <v>27</v>
+        <v>28.5</v>
       </c>
       <c r="G264" s="5">
-        <v>24</v>
+        <v>26.5</v>
       </c>
       <c r="H264" s="5">
-        <v>21</v>
+        <v>23.600000381469727</v>
       </c>
       <c r="I264" s="6"/>
       <c r="J264" s="5">
         <f>IF( 5000&gt;K4,K264,IF( 10000&gt;L4,L264,IF( 15000&gt;M4,M264,IF( 20000&gt;N4,N264,O264))))</f>
       </c>
       <c r="K264" s="0">
         <f>D264*I264</f>
       </c>
       <c r="L264" s="0">
         <f>E264*I264</f>
       </c>
       <c r="M264" s="0">
         <f>F264*I264</f>
       </c>
       <c r="N264" s="0">
         <f>G264*I264</f>
       </c>
       <c r="O264" s="0">
         <f>H264*I264</f>
       </c>
     </row>
     <row r="265" ht="45" customHeight="1" outlineLevel="1">
       <c r="A265" s="3"/>
       <c r="B265" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C265" s="4" t="s">
         <v>519</v>
       </c>
       <c r="D265" s="5">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="E265" s="5">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F265" s="5">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G265" s="5">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="H265" s="5">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="I265" s="6"/>
       <c r="J265" s="5">
         <f>IF( 5000&gt;K4,K265,IF( 10000&gt;L4,L265,IF( 15000&gt;M4,M265,IF( 20000&gt;N4,N265,O265))))</f>
       </c>
       <c r="K265" s="0">
         <f>D265*I265</f>
       </c>
       <c r="L265" s="0">
         <f>E265*I265</f>
       </c>
       <c r="M265" s="0">
         <f>F265*I265</f>
       </c>
       <c r="N265" s="0">
         <f>G265*I265</f>
       </c>
       <c r="O265" s="0">
         <f>H265*I265</f>
       </c>
     </row>
     <row r="266" ht="45" customHeight="1" outlineLevel="1">
       <c r="A266" s="3"/>
       <c r="B266" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C266" s="4" t="s">
         <v>521</v>
       </c>
       <c r="D266" s="5">
-        <v>16.799999237060547</v>
+        <v>15</v>
       </c>
       <c r="E266" s="5">
-        <v>16.799999237060547</v>
+        <v>15</v>
       </c>
       <c r="F266" s="5">
-        <v>15.399999618530273</v>
+        <v>13</v>
       </c>
       <c r="G266" s="5">
-        <v>14.699999809265137</v>
+        <v>12</v>
       </c>
       <c r="H266" s="5">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="I266" s="6"/>
       <c r="J266" s="5">
         <f>IF( 5000&gt;K4,K266,IF( 10000&gt;L4,L266,IF( 15000&gt;M4,M266,IF( 20000&gt;N4,N266,O266))))</f>
       </c>
       <c r="K266" s="0">
         <f>D266*I266</f>
       </c>
       <c r="L266" s="0">
         <f>E266*I266</f>
       </c>
       <c r="M266" s="0">
         <f>F266*I266</f>
       </c>
       <c r="N266" s="0">
         <f>G266*I266</f>
       </c>
       <c r="O266" s="0">
         <f>H266*I266</f>
       </c>
     </row>
     <row r="267" ht="45" customHeight="1" outlineLevel="1">
       <c r="A267" s="3"/>
       <c r="B267" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C267" s="4" t="s">
         <v>523</v>
       </c>
       <c r="D267" s="5">
-        <v>8.1999998092651367</v>
+        <v>16.799999237060547</v>
       </c>
       <c r="E267" s="5">
-        <v>8.1999998092651367</v>
+        <v>16.799999237060547</v>
       </c>
       <c r="F267" s="5">
-        <v>6.1999998092651367</v>
+        <v>15.399999618530273</v>
       </c>
       <c r="G267" s="5">
-        <v>5.1999998092651367</v>
+        <v>14.699999809265137</v>
       </c>
       <c r="H267" s="5">
-        <v>4.1999998092651367</v>
+        <v>14</v>
       </c>
       <c r="I267" s="6"/>
       <c r="J267" s="5">
         <f>IF( 5000&gt;K4,K267,IF( 10000&gt;L4,L267,IF( 15000&gt;M4,M267,IF( 20000&gt;N4,N267,O267))))</f>
       </c>
       <c r="K267" s="0">
         <f>D267*I267</f>
       </c>
       <c r="L267" s="0">
         <f>E267*I267</f>
       </c>
       <c r="M267" s="0">
         <f>F267*I267</f>
       </c>
       <c r="N267" s="0">
         <f>G267*I267</f>
       </c>
       <c r="O267" s="0">
         <f>H267*I267</f>
       </c>
     </row>
     <row r="268" ht="45" customHeight="1" outlineLevel="1">
       <c r="A268" s="3"/>
       <c r="B268" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C268" s="4" t="s">
         <v>525</v>
       </c>
       <c r="D268" s="5">
-        <v>23</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="E268" s="5">
-        <v>23</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="F268" s="5">
-        <v>21.5</v>
+        <v>6.1999998092651367</v>
       </c>
       <c r="G268" s="5">
-        <v>20.5</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="H268" s="5">
-        <v>19.5</v>
+        <v>4.1999998092651367</v>
       </c>
       <c r="I268" s="6"/>
       <c r="J268" s="5">
         <f>IF( 5000&gt;K4,K268,IF( 10000&gt;L4,L268,IF( 15000&gt;M4,M268,IF( 20000&gt;N4,N268,O268))))</f>
       </c>
       <c r="K268" s="0">
         <f>D268*I268</f>
       </c>
       <c r="L268" s="0">
         <f>E268*I268</f>
       </c>
       <c r="M268" s="0">
         <f>F268*I268</f>
       </c>
       <c r="N268" s="0">
         <f>G268*I268</f>
       </c>
       <c r="O268" s="0">
         <f>H268*I268</f>
       </c>
     </row>
     <row r="269" ht="45" customHeight="1" outlineLevel="1">
       <c r="A269" s="3"/>
       <c r="B269" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>527</v>
       </c>
       <c r="D269" s="5">
-        <v>23.5</v>
+        <v>23</v>
       </c>
       <c r="E269" s="5">
-        <v>23.5</v>
+        <v>23</v>
       </c>
       <c r="F269" s="5">
+        <v>21.5</v>
+      </c>
+      <c r="G269" s="5">
         <v>20.5</v>
       </c>
-      <c r="G269" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="H269" s="5">
-        <v>17.5</v>
+        <v>19.5</v>
       </c>
       <c r="I269" s="6"/>
       <c r="J269" s="5">
         <f>IF( 5000&gt;K4,K269,IF( 10000&gt;L4,L269,IF( 15000&gt;M4,M269,IF( 20000&gt;N4,N269,O269))))</f>
       </c>
       <c r="K269" s="0">
         <f>D269*I269</f>
       </c>
       <c r="L269" s="0">
         <f>E269*I269</f>
       </c>
       <c r="M269" s="0">
         <f>F269*I269</f>
       </c>
       <c r="N269" s="0">
         <f>G269*I269</f>
       </c>
       <c r="O269" s="0">
         <f>H269*I269</f>
       </c>
     </row>
     <row r="270" ht="45" customHeight="1" outlineLevel="1">
       <c r="A270" s="3"/>
       <c r="B270" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C270" s="4" t="s">
         <v>529</v>
       </c>
       <c r="D270" s="5">
-        <v>6.9000000953674316</v>
+        <v>23.5</v>
       </c>
       <c r="E270" s="5">
-        <v>6.9000000953674316</v>
+        <v>23.5</v>
       </c>
       <c r="F270" s="5">
-        <v>6.3000001907348633</v>
+        <v>20.5</v>
       </c>
       <c r="G270" s="5">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="H270" s="5">
-        <v>5.6999998092651367</v>
+        <v>17.5</v>
       </c>
       <c r="I270" s="6"/>
       <c r="J270" s="5">
         <f>IF( 5000&gt;K4,K270,IF( 10000&gt;L4,L270,IF( 15000&gt;M4,M270,IF( 20000&gt;N4,N270,O270))))</f>
       </c>
       <c r="K270" s="0">
         <f>D270*I270</f>
       </c>
       <c r="L270" s="0">
         <f>E270*I270</f>
       </c>
       <c r="M270" s="0">
         <f>F270*I270</f>
       </c>
       <c r="N270" s="0">
         <f>G270*I270</f>
       </c>
       <c r="O270" s="0">
         <f>H270*I270</f>
       </c>
     </row>
     <row r="271" ht="45" customHeight="1" outlineLevel="1">
       <c r="A271" s="3"/>
       <c r="B271" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C271" s="4" t="s">
         <v>531</v>
       </c>
       <c r="D271" s="5">
-        <v>5</v>
+        <v>6.5</v>
       </c>
       <c r="E271" s="5">
-        <v>5</v>
+        <v>6.5</v>
       </c>
       <c r="F271" s="5">
-        <v>4</v>
+        <v>5.9000000953674316</v>
       </c>
       <c r="G271" s="5">
-        <v>3.5</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="H271" s="5">
-        <v>3</v>
+        <v>4.4000000953674316</v>
       </c>
       <c r="I271" s="6"/>
       <c r="J271" s="5">
         <f>IF( 5000&gt;K4,K271,IF( 10000&gt;L4,L271,IF( 15000&gt;M4,M271,IF( 20000&gt;N4,N271,O271))))</f>
       </c>
       <c r="K271" s="0">
         <f>D271*I271</f>
       </c>
       <c r="L271" s="0">
         <f>E271*I271</f>
       </c>
       <c r="M271" s="0">
         <f>F271*I271</f>
       </c>
       <c r="N271" s="0">
         <f>G271*I271</f>
       </c>
       <c r="O271" s="0">
         <f>H271*I271</f>
       </c>
     </row>
     <row r="272" ht="45" customHeight="1" outlineLevel="1">
       <c r="A272" s="3"/>
       <c r="B272" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>533</v>
       </c>
       <c r="D272" s="5">
-        <v>5.5</v>
+        <v>6.9000000953674316</v>
       </c>
       <c r="E272" s="5">
-        <v>5.5</v>
+        <v>6.9000000953674316</v>
       </c>
       <c r="F272" s="5">
-        <v>4.5</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="G272" s="5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H272" s="5">
-        <v>3.5</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="I272" s="6"/>
       <c r="J272" s="5">
         <f>IF( 5000&gt;K4,K272,IF( 10000&gt;L4,L272,IF( 15000&gt;M4,M272,IF( 20000&gt;N4,N272,O272))))</f>
       </c>
       <c r="K272" s="0">
         <f>D272*I272</f>
       </c>
       <c r="L272" s="0">
         <f>E272*I272</f>
       </c>
       <c r="M272" s="0">
         <f>F272*I272</f>
       </c>
       <c r="N272" s="0">
         <f>G272*I272</f>
       </c>
       <c r="O272" s="0">
         <f>H272*I272</f>
       </c>
     </row>
     <row r="273" ht="45" customHeight="1" outlineLevel="1">
       <c r="A273" s="3"/>
       <c r="B273" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>535</v>
       </c>
       <c r="D273" s="5">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="E273" s="5">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="F273" s="5">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="G273" s="5">
-        <v>16.5</v>
+        <v>3.5</v>
       </c>
       <c r="H273" s="5">
-        <v>15.199999809265137</v>
+        <v>3</v>
       </c>
       <c r="I273" s="6"/>
       <c r="J273" s="5">
         <f>IF( 5000&gt;K4,K273,IF( 10000&gt;L4,L273,IF( 15000&gt;M4,M273,IF( 20000&gt;N4,N273,O273))))</f>
       </c>
       <c r="K273" s="0">
         <f>D273*I273</f>
       </c>
       <c r="L273" s="0">
         <f>E273*I273</f>
       </c>
       <c r="M273" s="0">
         <f>F273*I273</f>
       </c>
       <c r="N273" s="0">
         <f>G273*I273</f>
       </c>
       <c r="O273" s="0">
         <f>H273*I273</f>
       </c>
     </row>
-    <row r="274">
-      <c r="A274" s="1" t="s">
+    <row r="274" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A274" s="3"/>
+      <c r="B274" s="2" t="s">
         <v>536</v>
       </c>
-      <c r="B274" s="1"/>
-[...7 lines deleted...]
-      <c r="J274" s="1"/>
+      <c r="C274" s="4" t="s">
+        <v>537</v>
+      </c>
+      <c r="D274" s="5">
+        <v>5.5</v>
+      </c>
+      <c r="E274" s="5">
+        <v>5.5</v>
+      </c>
+      <c r="F274" s="5">
+        <v>4.5</v>
+      </c>
+      <c r="G274" s="5">
+        <v>4</v>
+      </c>
+      <c r="H274" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="I274" s="6"/>
+      <c r="J274" s="5">
+        <f>IF( 5000&gt;K4,K274,IF( 10000&gt;L4,L274,IF( 15000&gt;M4,M274,IF( 20000&gt;N4,N274,O274))))</f>
+      </c>
+      <c r="K274" s="0">
+        <f>D274*I274</f>
+      </c>
+      <c r="L274" s="0">
+        <f>E274*I274</f>
+      </c>
+      <c r="M274" s="0">
+        <f>F274*I274</f>
+      </c>
+      <c r="N274" s="0">
+        <f>G274*I274</f>
+      </c>
+      <c r="O274" s="0">
+        <f>H274*I274</f>
+      </c>
     </row>
     <row r="275" ht="45" customHeight="1" outlineLevel="1">
       <c r="A275" s="3"/>
       <c r="B275" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D275" s="5">
-        <v>0.73600000143051147</v>
+        <v>21</v>
       </c>
       <c r="E275" s="5">
-        <v>0.73600000143051147</v>
+        <v>21</v>
       </c>
       <c r="F275" s="5">
-        <v>0.68999999761581421</v>
+        <v>18</v>
       </c>
       <c r="G275" s="5">
-        <v>0.66699999570846558</v>
+        <v>16.5</v>
       </c>
       <c r="H275" s="5">
-        <v>0.64399999380111694</v>
+        <v>15.199999809265137</v>
       </c>
       <c r="I275" s="6"/>
       <c r="J275" s="5">
         <f>IF( 5000&gt;K4,K275,IF( 10000&gt;L4,L275,IF( 15000&gt;M4,M275,IF( 20000&gt;N4,N275,O275))))</f>
       </c>
       <c r="K275" s="0">
         <f>D275*I275</f>
       </c>
       <c r="L275" s="0">
         <f>E275*I275</f>
       </c>
       <c r="M275" s="0">
         <f>F275*I275</f>
       </c>
       <c r="N275" s="0">
         <f>G275*I275</f>
       </c>
       <c r="O275" s="0">
         <f>H275*I275</f>
       </c>
     </row>
     <row r="276" ht="45" customHeight="1" outlineLevel="1">
       <c r="A276" s="3"/>
       <c r="B276" s="2" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D276" s="5">
-        <v>1.6000000238418579</v>
+        <v>6.5</v>
       </c>
       <c r="E276" s="5">
-        <v>1.6000000238418579</v>
+        <v>6.5</v>
       </c>
       <c r="F276" s="5">
-        <v>1.5</v>
+        <v>5.5</v>
       </c>
       <c r="G276" s="5">
-        <v>1.4500000476837158</v>
+        <v>5</v>
       </c>
       <c r="H276" s="5">
-        <v>1.3999999761581421</v>
+        <v>4.5</v>
       </c>
       <c r="I276" s="6"/>
       <c r="J276" s="5">
         <f>IF( 5000&gt;K4,K276,IF( 10000&gt;L4,L276,IF( 15000&gt;M4,M276,IF( 20000&gt;N4,N276,O276))))</f>
       </c>
       <c r="K276" s="0">
         <f>D276*I276</f>
       </c>
       <c r="L276" s="0">
         <f>E276*I276</f>
       </c>
       <c r="M276" s="0">
         <f>F276*I276</f>
       </c>
       <c r="N276" s="0">
         <f>G276*I276</f>
       </c>
       <c r="O276" s="0">
         <f>H276*I276</f>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B277" s="1"/>
       <c r="C277" s="1"/>
       <c r="D277" s="1"/>
       <c r="E277" s="1"/>
       <c r="F277" s="1"/>
       <c r="G277" s="1"/>
       <c r="H277" s="1"/>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
     </row>
     <row r="278" ht="45" customHeight="1" outlineLevel="1">
       <c r="A278" s="3"/>
       <c r="B278" s="2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D278" s="5">
-        <v>2950</v>
+        <v>0.73600000143051147</v>
       </c>
       <c r="E278" s="5">
-        <v>2950</v>
+        <v>0.73600000143051147</v>
       </c>
       <c r="F278" s="5">
-        <v>2850</v>
+        <v>0.68999999761581421</v>
       </c>
       <c r="G278" s="5">
-        <v>2800</v>
+        <v>0.66699999570846558</v>
       </c>
       <c r="H278" s="5">
-        <v>2750</v>
+        <v>0.64399999380111694</v>
       </c>
       <c r="I278" s="6"/>
       <c r="J278" s="5">
         <f>IF( 5000&gt;K4,K278,IF( 10000&gt;L4,L278,IF( 15000&gt;M4,M278,IF( 20000&gt;N4,N278,O278))))</f>
       </c>
       <c r="K278" s="0">
         <f>D278*I278</f>
       </c>
       <c r="L278" s="0">
         <f>E278*I278</f>
       </c>
       <c r="M278" s="0">
         <f>F278*I278</f>
       </c>
       <c r="N278" s="0">
         <f>G278*I278</f>
       </c>
       <c r="O278" s="0">
         <f>H278*I278</f>
       </c>
     </row>
     <row r="279" ht="45" customHeight="1" outlineLevel="1">
       <c r="A279" s="3"/>
       <c r="B279" s="2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D279" s="5">
-        <v>2950</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="E279" s="5">
-        <v>2950</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="F279" s="5">
-        <v>2850</v>
+        <v>1.5</v>
       </c>
       <c r="G279" s="5">
-        <v>2800</v>
+        <v>1.4500000476837158</v>
       </c>
       <c r="H279" s="5">
-        <v>2750</v>
+        <v>1.3999999761581421</v>
       </c>
       <c r="I279" s="6"/>
       <c r="J279" s="5">
         <f>IF( 5000&gt;K4,K279,IF( 10000&gt;L4,L279,IF( 15000&gt;M4,M279,IF( 20000&gt;N4,N279,O279))))</f>
       </c>
       <c r="K279" s="0">
         <f>D279*I279</f>
       </c>
       <c r="L279" s="0">
         <f>E279*I279</f>
       </c>
       <c r="M279" s="0">
         <f>F279*I279</f>
       </c>
       <c r="N279" s="0">
         <f>G279*I279</f>
       </c>
       <c r="O279" s="0">
         <f>H279*I279</f>
       </c>
     </row>
-    <row r="280" ht="45" customHeight="1" outlineLevel="1">
-[...4 lines deleted...]
-      <c r="C280" s="4" t="s">
+    <row r="280">
+      <c r="A280" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="D280" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B280" s="1"/>
+      <c r="C280" s="1"/>
+      <c r="D280" s="1"/>
+      <c r="E280" s="1"/>
+      <c r="F280" s="1"/>
+      <c r="G280" s="1"/>
+      <c r="H280" s="1"/>
+      <c r="I280" s="1"/>
+      <c r="J280" s="1"/>
     </row>
     <row r="281" ht="45" customHeight="1" outlineLevel="1">
       <c r="A281" s="3"/>
       <c r="B281" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C281" s="4" t="s">
         <v>549</v>
       </c>
       <c r="D281" s="5">
         <v>2950</v>
       </c>
       <c r="E281" s="5">
         <v>2950</v>
       </c>
       <c r="F281" s="5">
         <v>2850</v>
       </c>
       <c r="G281" s="5">
         <v>2800</v>
       </c>
       <c r="H281" s="5">
         <v>2750</v>
       </c>
       <c r="I281" s="6"/>
@@ -24526,86 +25707,1189 @@
       <c r="K286" s="0">
         <f>D286*I286</f>
       </c>
       <c r="L286" s="0">
         <f>E286*I286</f>
       </c>
       <c r="M286" s="0">
         <f>F286*I286</f>
       </c>
       <c r="N286" s="0">
         <f>G286*I286</f>
       </c>
       <c r="O286" s="0">
         <f>H286*I286</f>
       </c>
     </row>
     <row r="287" ht="45" customHeight="1" outlineLevel="1">
       <c r="A287" s="3"/>
       <c r="B287" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C287" s="4" t="s">
         <v>561</v>
       </c>
       <c r="D287" s="5">
-        <v>7275</v>
+        <v>2950</v>
       </c>
       <c r="E287" s="5">
-        <v>7275</v>
+        <v>2950</v>
       </c>
       <c r="F287" s="5">
-        <v>6790</v>
+        <v>2850</v>
       </c>
       <c r="G287" s="5">
-        <v>6550</v>
+        <v>2800</v>
       </c>
       <c r="H287" s="5">
-        <v>6300</v>
+        <v>2750</v>
       </c>
       <c r="I287" s="6"/>
       <c r="J287" s="5">
         <f>IF( 5000&gt;K4,K287,IF( 10000&gt;L4,L287,IF( 15000&gt;M4,M287,IF( 20000&gt;N4,N287,O287))))</f>
       </c>
       <c r="K287" s="0">
         <f>D287*I287</f>
       </c>
       <c r="L287" s="0">
         <f>E287*I287</f>
       </c>
       <c r="M287" s="0">
         <f>F287*I287</f>
       </c>
       <c r="N287" s="0">
         <f>G287*I287</f>
       </c>
       <c r="O287" s="0">
         <f>H287*I287</f>
       </c>
     </row>
+    <row r="288" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A288" s="3"/>
+      <c r="B288" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="C288" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="D288" s="5">
+        <v>2950</v>
+      </c>
+      <c r="E288" s="5">
+        <v>2950</v>
+      </c>
+      <c r="F288" s="5">
+        <v>2850</v>
+      </c>
+      <c r="G288" s="5">
+        <v>2800</v>
+      </c>
+      <c r="H288" s="5">
+        <v>2750</v>
+      </c>
+      <c r="I288" s="6"/>
+      <c r="J288" s="5">
+        <f>IF( 5000&gt;K4,K288,IF( 10000&gt;L4,L288,IF( 15000&gt;M4,M288,IF( 20000&gt;N4,N288,O288))))</f>
+      </c>
+      <c r="K288" s="0">
+        <f>D288*I288</f>
+      </c>
+      <c r="L288" s="0">
+        <f>E288*I288</f>
+      </c>
+      <c r="M288" s="0">
+        <f>F288*I288</f>
+      </c>
+      <c r="N288" s="0">
+        <f>G288*I288</f>
+      </c>
+      <c r="O288" s="0">
+        <f>H288*I288</f>
+      </c>
+    </row>
+    <row r="289" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A289" s="3"/>
+      <c r="B289" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="C289" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="D289" s="5">
+        <v>2950</v>
+      </c>
+      <c r="E289" s="5">
+        <v>2950</v>
+      </c>
+      <c r="F289" s="5">
+        <v>2850</v>
+      </c>
+      <c r="G289" s="5">
+        <v>2800</v>
+      </c>
+      <c r="H289" s="5">
+        <v>2750</v>
+      </c>
+      <c r="I289" s="6"/>
+      <c r="J289" s="5">
+        <f>IF( 5000&gt;K4,K289,IF( 10000&gt;L4,L289,IF( 15000&gt;M4,M289,IF( 20000&gt;N4,N289,O289))))</f>
+      </c>
+      <c r="K289" s="0">
+        <f>D289*I289</f>
+      </c>
+      <c r="L289" s="0">
+        <f>E289*I289</f>
+      </c>
+      <c r="M289" s="0">
+        <f>F289*I289</f>
+      </c>
+      <c r="N289" s="0">
+        <f>G289*I289</f>
+      </c>
+      <c r="O289" s="0">
+        <f>H289*I289</f>
+      </c>
+    </row>
+    <row r="290" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A290" s="3"/>
+      <c r="B290" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="C290" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="D290" s="5">
+        <v>7275</v>
+      </c>
+      <c r="E290" s="5">
+        <v>7275</v>
+      </c>
+      <c r="F290" s="5">
+        <v>6790</v>
+      </c>
+      <c r="G290" s="5">
+        <v>6550</v>
+      </c>
+      <c r="H290" s="5">
+        <v>6300</v>
+      </c>
+      <c r="I290" s="6"/>
+      <c r="J290" s="5">
+        <f>IF( 5000&gt;K4,K290,IF( 10000&gt;L4,L290,IF( 15000&gt;M4,M290,IF( 20000&gt;N4,N290,O290))))</f>
+      </c>
+      <c r="K290" s="0">
+        <f>D290*I290</f>
+      </c>
+      <c r="L290" s="0">
+        <f>E290*I290</f>
+      </c>
+      <c r="M290" s="0">
+        <f>F290*I290</f>
+      </c>
+      <c r="N290" s="0">
+        <f>G290*I290</f>
+      </c>
+      <c r="O290" s="0">
+        <f>H290*I290</f>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B291" s="1"/>
+      <c r="C291" s="1"/>
+      <c r="D291" s="1"/>
+      <c r="E291" s="1"/>
+      <c r="F291" s="1"/>
+      <c r="G291" s="1"/>
+      <c r="H291" s="1"/>
+      <c r="I291" s="1"/>
+      <c r="J291" s="1"/>
+    </row>
+    <row r="292" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A292" s="3"/>
+      <c r="B292" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C292" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="D292" s="5">
+        <v>0.20800000429153442</v>
+      </c>
+      <c r="E292" s="5">
+        <v>0.20800000429153442</v>
+      </c>
+      <c r="F292" s="5">
+        <v>0.19599999487400055</v>
+      </c>
+      <c r="G292" s="5">
+        <v>0.18999999761581421</v>
+      </c>
+      <c r="H292" s="5">
+        <v>0.18400000035762787</v>
+      </c>
+      <c r="I292" s="6"/>
+      <c r="J292" s="5">
+        <f>IF( 5000&gt;K4,K292,IF( 10000&gt;L4,L292,IF( 15000&gt;M4,M292,IF( 20000&gt;N4,N292,O292))))</f>
+      </c>
+      <c r="K292" s="0">
+        <f>D292*I292</f>
+      </c>
+      <c r="L292" s="0">
+        <f>E292*I292</f>
+      </c>
+      <c r="M292" s="0">
+        <f>F292*I292</f>
+      </c>
+      <c r="N292" s="0">
+        <f>G292*I292</f>
+      </c>
+      <c r="O292" s="0">
+        <f>H292*I292</f>
+      </c>
+    </row>
+    <row r="293" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A293" s="3"/>
+      <c r="B293" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C293" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="D293" s="5">
+        <v>0.3156999945640564</v>
+      </c>
+      <c r="E293" s="5">
+        <v>0.3156999945640564</v>
+      </c>
+      <c r="F293" s="5">
+        <v>0.29769998788833618</v>
+      </c>
+      <c r="G293" s="5">
+        <v>0.28870001435279846</v>
+      </c>
+      <c r="H293" s="5">
+        <v>0.27970001101493835</v>
+      </c>
+      <c r="I293" s="6"/>
+      <c r="J293" s="5">
+        <f>IF( 5000&gt;K4,K293,IF( 10000&gt;L4,L293,IF( 15000&gt;M4,M293,IF( 20000&gt;N4,N293,O293))))</f>
+      </c>
+      <c r="K293" s="0">
+        <f>D293*I293</f>
+      </c>
+      <c r="L293" s="0">
+        <f>E293*I293</f>
+      </c>
+      <c r="M293" s="0">
+        <f>F293*I293</f>
+      </c>
+      <c r="N293" s="0">
+        <f>G293*I293</f>
+      </c>
+      <c r="O293" s="0">
+        <f>H293*I293</f>
+      </c>
+    </row>
+    <row r="294" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A294" s="3"/>
+      <c r="B294" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C294" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="D294" s="5">
+        <v>0.60140001773834229</v>
+      </c>
+      <c r="E294" s="5">
+        <v>0.60140001773834229</v>
+      </c>
+      <c r="F294" s="5">
+        <v>0.56639999151229858</v>
+      </c>
+      <c r="G294" s="5">
+        <v>0.54890000820159912</v>
+      </c>
+      <c r="H294" s="5">
+        <v>0.53140002489089966</v>
+      </c>
+      <c r="I294" s="6"/>
+      <c r="J294" s="5">
+        <f>IF( 5000&gt;K4,K294,IF( 10000&gt;L4,L294,IF( 15000&gt;M4,M294,IF( 20000&gt;N4,N294,O294))))</f>
+      </c>
+      <c r="K294" s="0">
+        <f>D294*I294</f>
+      </c>
+      <c r="L294" s="0">
+        <f>E294*I294</f>
+      </c>
+      <c r="M294" s="0">
+        <f>F294*I294</f>
+      </c>
+      <c r="N294" s="0">
+        <f>G294*I294</f>
+      </c>
+      <c r="O294" s="0">
+        <f>H294*I294</f>
+      </c>
+    </row>
+    <row r="295" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A295" s="3"/>
+      <c r="B295" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C295" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="D295" s="5">
+        <v>0.16030000150203705</v>
+      </c>
+      <c r="E295" s="5">
+        <v>0.16030000150203705</v>
+      </c>
+      <c r="F295" s="5">
+        <v>0.15129999816417694</v>
+      </c>
+      <c r="G295" s="5">
+        <v>0.14000000059604645</v>
+      </c>
+      <c r="H295" s="5">
+        <v>0.12999999523162842</v>
+      </c>
+      <c r="I295" s="6"/>
+      <c r="J295" s="5">
+        <f>IF( 5000&gt;K4,K295,IF( 10000&gt;L4,L295,IF( 15000&gt;M4,M295,IF( 20000&gt;N4,N295,O295))))</f>
+      </c>
+      <c r="K295" s="0">
+        <f>D295*I295</f>
+      </c>
+      <c r="L295" s="0">
+        <f>E295*I295</f>
+      </c>
+      <c r="M295" s="0">
+        <f>F295*I295</f>
+      </c>
+      <c r="N295" s="0">
+        <f>G295*I295</f>
+      </c>
+      <c r="O295" s="0">
+        <f>H295*I295</f>
+      </c>
+    </row>
+    <row r="296" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A296" s="3"/>
+      <c r="B296" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C296" s="4" t="s">
+        <v>578</v>
+      </c>
+      <c r="D296" s="5">
+        <v>0.21349999308586121</v>
+      </c>
+      <c r="E296" s="5">
+        <v>0.21349999308586121</v>
+      </c>
+      <c r="F296" s="5">
+        <v>0.20149999856948853</v>
+      </c>
+      <c r="G296" s="5">
+        <v>0.19550000131130219</v>
+      </c>
+      <c r="H296" s="5">
+        <v>0.18950000405311584</v>
+      </c>
+      <c r="I296" s="6"/>
+      <c r="J296" s="5">
+        <f>IF( 5000&gt;K4,K296,IF( 10000&gt;L4,L296,IF( 15000&gt;M4,M296,IF( 20000&gt;N4,N296,O296))))</f>
+      </c>
+      <c r="K296" s="0">
+        <f>D296*I296</f>
+      </c>
+      <c r="L296" s="0">
+        <f>E296*I296</f>
+      </c>
+      <c r="M296" s="0">
+        <f>F296*I296</f>
+      </c>
+      <c r="N296" s="0">
+        <f>G296*I296</f>
+      </c>
+      <c r="O296" s="0">
+        <f>H296*I296</f>
+      </c>
+    </row>
+    <row r="297" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A297" s="3"/>
+      <c r="B297" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="C297" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="D297" s="5">
+        <v>0.78299999237060547</v>
+      </c>
+      <c r="E297" s="5">
+        <v>0.78299999237060547</v>
+      </c>
+      <c r="F297" s="5">
+        <v>0.7369999885559082</v>
+      </c>
+      <c r="G297" s="5">
+        <v>0.71399998664855957</v>
+      </c>
+      <c r="H297" s="5">
+        <v>0.69099998474121094</v>
+      </c>
+      <c r="I297" s="6"/>
+      <c r="J297" s="5">
+        <f>IF( 5000&gt;K4,K297,IF( 10000&gt;L4,L297,IF( 15000&gt;M4,M297,IF( 20000&gt;N4,N297,O297))))</f>
+      </c>
+      <c r="K297" s="0">
+        <f>D297*I297</f>
+      </c>
+      <c r="L297" s="0">
+        <f>E297*I297</f>
+      </c>
+      <c r="M297" s="0">
+        <f>F297*I297</f>
+      </c>
+      <c r="N297" s="0">
+        <f>G297*I297</f>
+      </c>
+      <c r="O297" s="0">
+        <f>H297*I297</f>
+      </c>
+    </row>
+    <row r="298" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A298" s="3"/>
+      <c r="B298" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C298" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="D298" s="5">
+        <v>0.48500001430511475</v>
+      </c>
+      <c r="E298" s="5">
+        <v>0.48500001430511475</v>
+      </c>
+      <c r="F298" s="5">
+        <v>0.45699998736381531</v>
+      </c>
+      <c r="G298" s="5">
+        <v>0.44299998879432678</v>
+      </c>
+      <c r="H298" s="5">
+        <v>0.42899999022483826</v>
+      </c>
+      <c r="I298" s="6"/>
+      <c r="J298" s="5">
+        <f>IF( 5000&gt;K4,K298,IF( 10000&gt;L4,L298,IF( 15000&gt;M4,M298,IF( 20000&gt;N4,N298,O298))))</f>
+      </c>
+      <c r="K298" s="0">
+        <f>D298*I298</f>
+      </c>
+      <c r="L298" s="0">
+        <f>E298*I298</f>
+      </c>
+      <c r="M298" s="0">
+        <f>F298*I298</f>
+      </c>
+      <c r="N298" s="0">
+        <f>G298*I298</f>
+      </c>
+      <c r="O298" s="0">
+        <f>H298*I298</f>
+      </c>
+    </row>
+    <row r="299" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A299" s="3"/>
+      <c r="B299" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C299" s="4" t="s">
+        <v>584</v>
+      </c>
+      <c r="D299" s="5">
+        <v>1.0279999971389771</v>
+      </c>
+      <c r="E299" s="5">
+        <v>1.0279999971389771</v>
+      </c>
+      <c r="F299" s="5">
+        <v>0.96799999475479126</v>
+      </c>
+      <c r="G299" s="5">
+        <v>0.93800002336502075</v>
+      </c>
+      <c r="H299" s="5">
+        <v>0.90799999237060547</v>
+      </c>
+      <c r="I299" s="6"/>
+      <c r="J299" s="5">
+        <f>IF( 5000&gt;K4,K299,IF( 10000&gt;L4,L299,IF( 15000&gt;M4,M299,IF( 20000&gt;N4,N299,O299))))</f>
+      </c>
+      <c r="K299" s="0">
+        <f>D299*I299</f>
+      </c>
+      <c r="L299" s="0">
+        <f>E299*I299</f>
+      </c>
+      <c r="M299" s="0">
+        <f>F299*I299</f>
+      </c>
+      <c r="N299" s="0">
+        <f>G299*I299</f>
+      </c>
+      <c r="O299" s="0">
+        <f>H299*I299</f>
+      </c>
+    </row>
+    <row r="300" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A300" s="3"/>
+      <c r="B300" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C300" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="D300" s="5">
+        <v>1.3519999980926514</v>
+      </c>
+      <c r="E300" s="5">
+        <v>1.3519999980926514</v>
+      </c>
+      <c r="F300" s="5">
+        <v>1.2730000019073486</v>
+      </c>
+      <c r="G300" s="5">
+        <v>1.2335000038146973</v>
+      </c>
+      <c r="H300" s="5">
+        <v>1.1940000057220459</v>
+      </c>
+      <c r="I300" s="6"/>
+      <c r="J300" s="5">
+        <f>IF( 5000&gt;K4,K300,IF( 10000&gt;L4,L300,IF( 15000&gt;M4,M300,IF( 20000&gt;N4,N300,O300))))</f>
+      </c>
+      <c r="K300" s="0">
+        <f>D300*I300</f>
+      </c>
+      <c r="L300" s="0">
+        <f>E300*I300</f>
+      </c>
+      <c r="M300" s="0">
+        <f>F300*I300</f>
+      </c>
+      <c r="N300" s="0">
+        <f>G300*I300</f>
+      </c>
+      <c r="O300" s="0">
+        <f>H300*I300</f>
+      </c>
+    </row>
+    <row r="301" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A301" s="3"/>
+      <c r="B301" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C301" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="D301" s="5">
+        <v>1.5850000381469727</v>
+      </c>
+      <c r="E301" s="5">
+        <v>1.5850000381469727</v>
+      </c>
+      <c r="F301" s="5">
+        <v>1.4919999837875366</v>
+      </c>
+      <c r="G301" s="5">
+        <v>1.4455000162124634</v>
+      </c>
+      <c r="H301" s="5">
+        <v>1.3990000486373901</v>
+      </c>
+      <c r="I301" s="6"/>
+      <c r="J301" s="5">
+        <f>IF( 5000&gt;K4,K301,IF( 10000&gt;L4,L301,IF( 15000&gt;M4,M301,IF( 20000&gt;N4,N301,O301))))</f>
+      </c>
+      <c r="K301" s="0">
+        <f>D301*I301</f>
+      </c>
+      <c r="L301" s="0">
+        <f>E301*I301</f>
+      </c>
+      <c r="M301" s="0">
+        <f>F301*I301</f>
+      </c>
+      <c r="N301" s="0">
+        <f>G301*I301</f>
+      </c>
+      <c r="O301" s="0">
+        <f>H301*I301</f>
+      </c>
+    </row>
+    <row r="302" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A302" s="3"/>
+      <c r="B302" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C302" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="D302" s="5">
+        <v>2.0610001087188721</v>
+      </c>
+      <c r="E302" s="5">
+        <v>2.0610001087188721</v>
+      </c>
+      <c r="F302" s="5">
+        <v>1.940000057220459</v>
+      </c>
+      <c r="G302" s="5">
+        <v>1.8795000314712524</v>
+      </c>
+      <c r="H302" s="5">
+        <v>1.8190000057220459</v>
+      </c>
+      <c r="I302" s="6"/>
+      <c r="J302" s="5">
+        <f>IF( 5000&gt;K4,K302,IF( 10000&gt;L4,L302,IF( 15000&gt;M4,M302,IF( 20000&gt;N4,N302,O302))))</f>
+      </c>
+      <c r="K302" s="0">
+        <f>D302*I302</f>
+      </c>
+      <c r="L302" s="0">
+        <f>E302*I302</f>
+      </c>
+      <c r="M302" s="0">
+        <f>F302*I302</f>
+      </c>
+      <c r="N302" s="0">
+        <f>G302*I302</f>
+      </c>
+      <c r="O302" s="0">
+        <f>H302*I302</f>
+      </c>
+    </row>
+    <row r="303" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A303" s="3"/>
+      <c r="B303" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="C303" s="4" t="s">
+        <v>592</v>
+      </c>
+      <c r="D303" s="5">
+        <v>2.2639999389648438</v>
+      </c>
+      <c r="E303" s="5">
+        <v>2.2639999389648438</v>
+      </c>
+      <c r="F303" s="5">
+        <v>2.13100004196167</v>
+      </c>
+      <c r="G303" s="5">
+        <v>2.064500093460083</v>
+      </c>
+      <c r="H303" s="5">
+        <v>1.9980000257492065</v>
+      </c>
+      <c r="I303" s="6"/>
+      <c r="J303" s="5">
+        <f>IF( 5000&gt;K4,K303,IF( 10000&gt;L4,L303,IF( 15000&gt;M4,M303,IF( 20000&gt;N4,N303,O303))))</f>
+      </c>
+      <c r="K303" s="0">
+        <f>D303*I303</f>
+      </c>
+      <c r="L303" s="0">
+        <f>E303*I303</f>
+      </c>
+      <c r="M303" s="0">
+        <f>F303*I303</f>
+      </c>
+      <c r="N303" s="0">
+        <f>G303*I303</f>
+      </c>
+      <c r="O303" s="0">
+        <f>H303*I303</f>
+      </c>
+    </row>
+    <row r="304" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A304" s="3"/>
+      <c r="B304" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C304" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="D304" s="5">
+        <v>2.7219998836517334</v>
+      </c>
+      <c r="E304" s="5">
+        <v>2.7219998836517334</v>
+      </c>
+      <c r="F304" s="5">
+        <v>2.562000036239624</v>
+      </c>
+      <c r="G304" s="5">
+        <v>2.4820001125335693</v>
+      </c>
+      <c r="H304" s="5">
+        <v>2.4019999504089355</v>
+      </c>
+      <c r="I304" s="6"/>
+      <c r="J304" s="5">
+        <f>IF( 5000&gt;K4,K304,IF( 10000&gt;L4,L304,IF( 15000&gt;M4,M304,IF( 20000&gt;N4,N304,O304))))</f>
+      </c>
+      <c r="K304" s="0">
+        <f>D304*I304</f>
+      </c>
+      <c r="L304" s="0">
+        <f>E304*I304</f>
+      </c>
+      <c r="M304" s="0">
+        <f>F304*I304</f>
+      </c>
+      <c r="N304" s="0">
+        <f>G304*I304</f>
+      </c>
+      <c r="O304" s="0">
+        <f>H304*I304</f>
+      </c>
+    </row>
+    <row r="305" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A305" s="3"/>
+      <c r="B305" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="C305" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="D305" s="5">
+        <v>3.2300000190734863</v>
+      </c>
+      <c r="E305" s="5">
+        <v>3.2300000190734863</v>
+      </c>
+      <c r="F305" s="5">
+        <v>3.0399999618530273</v>
+      </c>
+      <c r="G305" s="5">
+        <v>2.9449999332427979</v>
+      </c>
+      <c r="H305" s="5">
+        <v>2.8499999046325684</v>
+      </c>
+      <c r="I305" s="6"/>
+      <c r="J305" s="5">
+        <f>IF( 5000&gt;K4,K305,IF( 10000&gt;L4,L305,IF( 15000&gt;M4,M305,IF( 20000&gt;N4,N305,O305))))</f>
+      </c>
+      <c r="K305" s="0">
+        <f>D305*I305</f>
+      </c>
+      <c r="L305" s="0">
+        <f>E305*I305</f>
+      </c>
+      <c r="M305" s="0">
+        <f>F305*I305</f>
+      </c>
+      <c r="N305" s="0">
+        <f>G305*I305</f>
+      </c>
+      <c r="O305" s="0">
+        <f>H305*I305</f>
+      </c>
+    </row>
+    <row r="306" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A306" s="3"/>
+      <c r="B306" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="C306" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="D306" s="5">
+        <v>3.7939999103546143</v>
+      </c>
+      <c r="E306" s="5">
+        <v>3.7939999103546143</v>
+      </c>
+      <c r="F306" s="5">
+        <v>3.5710000991821289</v>
+      </c>
+      <c r="G306" s="5">
+        <v>3.4595000743865967</v>
+      </c>
+      <c r="H306" s="5">
+        <v>3.3480000495910645</v>
+      </c>
+      <c r="I306" s="6"/>
+      <c r="J306" s="5">
+        <f>IF( 5000&gt;K4,K306,IF( 10000&gt;L4,L306,IF( 15000&gt;M4,M306,IF( 20000&gt;N4,N306,O306))))</f>
+      </c>
+      <c r="K306" s="0">
+        <f>D306*I306</f>
+      </c>
+      <c r="L306" s="0">
+        <f>E306*I306</f>
+      </c>
+      <c r="M306" s="0">
+        <f>F306*I306</f>
+      </c>
+      <c r="N306" s="0">
+        <f>G306*I306</f>
+      </c>
+      <c r="O306" s="0">
+        <f>H306*I306</f>
+      </c>
+    </row>
+    <row r="307" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A307" s="3"/>
+      <c r="B307" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="C307" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="D307" s="5">
+        <v>5.0209999084472656</v>
+      </c>
+      <c r="E307" s="5">
+        <v>5.0209999084472656</v>
+      </c>
+      <c r="F307" s="5">
+        <v>4.72599983215332</v>
+      </c>
+      <c r="G307" s="5">
+        <v>4.5784997940063477</v>
+      </c>
+      <c r="H307" s="5">
+        <v>4.4310002326965332</v>
+      </c>
+      <c r="I307" s="6"/>
+      <c r="J307" s="5">
+        <f>IF( 5000&gt;K4,K307,IF( 10000&gt;L4,L307,IF( 15000&gt;M4,M307,IF( 20000&gt;N4,N307,O307))))</f>
+      </c>
+      <c r="K307" s="0">
+        <f>D307*I307</f>
+      </c>
+      <c r="L307" s="0">
+        <f>E307*I307</f>
+      </c>
+      <c r="M307" s="0">
+        <f>F307*I307</f>
+      </c>
+      <c r="N307" s="0">
+        <f>G307*I307</f>
+      </c>
+      <c r="O307" s="0">
+        <f>H307*I307</f>
+      </c>
+    </row>
+    <row r="308" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A308" s="3"/>
+      <c r="B308" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C308" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="D308" s="5">
+        <v>0.44200000166893005</v>
+      </c>
+      <c r="E308" s="5">
+        <v>0.44200000166893005</v>
+      </c>
+      <c r="F308" s="5">
+        <v>0.41600000858306885</v>
+      </c>
+      <c r="G308" s="5">
+        <v>0.40299999713897705</v>
+      </c>
+      <c r="H308" s="5">
+        <v>0.38999998569488525</v>
+      </c>
+      <c r="I308" s="6"/>
+      <c r="J308" s="5">
+        <f>IF( 5000&gt;K4,K308,IF( 10000&gt;L4,L308,IF( 15000&gt;M4,M308,IF( 20000&gt;N4,N308,O308))))</f>
+      </c>
+      <c r="K308" s="0">
+        <f>D308*I308</f>
+      </c>
+      <c r="L308" s="0">
+        <f>E308*I308</f>
+      </c>
+      <c r="M308" s="0">
+        <f>F308*I308</f>
+      </c>
+      <c r="N308" s="0">
+        <f>G308*I308</f>
+      </c>
+      <c r="O308" s="0">
+        <f>H308*I308</f>
+      </c>
+    </row>
+    <row r="309" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A309" s="3"/>
+      <c r="B309" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="C309" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="D309" s="5">
+        <v>7.5139999389648438</v>
+      </c>
+      <c r="E309" s="5">
+        <v>7.5139999389648438</v>
+      </c>
+      <c r="F309" s="5">
+        <v>7.0720000267028809</v>
+      </c>
+      <c r="G309" s="5">
+        <v>6.85099983215332</v>
+      </c>
+      <c r="H309" s="5">
+        <v>6.630000114440918</v>
+      </c>
+      <c r="I309" s="6"/>
+      <c r="J309" s="5">
+        <f>IF( 5000&gt;K4,K309,IF( 10000&gt;L4,L309,IF( 15000&gt;M4,M309,IF( 20000&gt;N4,N309,O309))))</f>
+      </c>
+      <c r="K309" s="0">
+        <f>D309*I309</f>
+      </c>
+      <c r="L309" s="0">
+        <f>E309*I309</f>
+      </c>
+      <c r="M309" s="0">
+        <f>F309*I309</f>
+      </c>
+      <c r="N309" s="0">
+        <f>G309*I309</f>
+      </c>
+      <c r="O309" s="0">
+        <f>H309*I309</f>
+      </c>
+    </row>
+    <row r="310" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A310" s="3"/>
+      <c r="B310" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="C310" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="D310" s="5">
+        <v>9.3330001831054688</v>
+      </c>
+      <c r="E310" s="5">
+        <v>9.3330001831054688</v>
+      </c>
+      <c r="F310" s="5">
+        <v>8.7840003967285156</v>
+      </c>
+      <c r="G310" s="5">
+        <v>8.5094995498657227</v>
+      </c>
+      <c r="H310" s="5">
+        <v>8.2349996566772461</v>
+      </c>
+      <c r="I310" s="6"/>
+      <c r="J310" s="5">
+        <f>IF( 5000&gt;K4,K310,IF( 10000&gt;L4,L310,IF( 15000&gt;M4,M310,IF( 20000&gt;N4,N310,O310))))</f>
+      </c>
+      <c r="K310" s="0">
+        <f>D310*I310</f>
+      </c>
+      <c r="L310" s="0">
+        <f>E310*I310</f>
+      </c>
+      <c r="M310" s="0">
+        <f>F310*I310</f>
+      </c>
+      <c r="N310" s="0">
+        <f>G310*I310</f>
+      </c>
+      <c r="O310" s="0">
+        <f>H310*I310</f>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B311" s="1"/>
+      <c r="C311" s="1"/>
+      <c r="D311" s="1"/>
+      <c r="E311" s="1"/>
+      <c r="F311" s="1"/>
+      <c r="G311" s="1"/>
+      <c r="H311" s="1"/>
+      <c r="I311" s="1"/>
+      <c r="J311" s="1"/>
+    </row>
+    <row r="312" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A312" s="3"/>
+      <c r="B312" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="C312" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="D312" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="E312" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="F312" s="5">
+        <v>24.5</v>
+      </c>
+      <c r="G312" s="5">
+        <v>23.5</v>
+      </c>
+      <c r="H312" s="5">
+        <v>22.5</v>
+      </c>
+      <c r="I312" s="6"/>
+      <c r="J312" s="5">
+        <f>IF( 5000&gt;K4,K312,IF( 10000&gt;L4,L312,IF( 15000&gt;M4,M312,IF( 20000&gt;N4,N312,O312))))</f>
+      </c>
+      <c r="K312" s="0">
+        <f>D312*I312</f>
+      </c>
+      <c r="L312" s="0">
+        <f>E312*I312</f>
+      </c>
+      <c r="M312" s="0">
+        <f>F312*I312</f>
+      </c>
+      <c r="N312" s="0">
+        <f>G312*I312</f>
+      </c>
+      <c r="O312" s="0">
+        <f>H312*I312</f>
+      </c>
+    </row>
+    <row r="313" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A313" s="3"/>
+      <c r="B313" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="C313" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="D313" s="5">
+        <v>30.5</v>
+      </c>
+      <c r="E313" s="5">
+        <v>30.5</v>
+      </c>
+      <c r="F313" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="G313" s="5">
+        <v>26.5</v>
+      </c>
+      <c r="H313" s="5">
+        <v>25.5</v>
+      </c>
+      <c r="I313" s="6"/>
+      <c r="J313" s="5">
+        <f>IF( 5000&gt;K4,K313,IF( 10000&gt;L4,L313,IF( 15000&gt;M4,M313,IF( 20000&gt;N4,N313,O313))))</f>
+      </c>
+      <c r="K313" s="0">
+        <f>D313*I313</f>
+      </c>
+      <c r="L313" s="0">
+        <f>E313*I313</f>
+      </c>
+      <c r="M313" s="0">
+        <f>F313*I313</f>
+      </c>
+      <c r="N313" s="0">
+        <f>G313*I313</f>
+      </c>
+      <c r="O313" s="0">
+        <f>H313*I313</f>
+      </c>
+    </row>
+    <row r="314" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A314" s="3"/>
+      <c r="B314" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="C314" s="4" t="s">
+        <v>613</v>
+      </c>
+      <c r="D314" s="5">
+        <v>30.5</v>
+      </c>
+      <c r="E314" s="5">
+        <v>30.5</v>
+      </c>
+      <c r="F314" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="G314" s="5">
+        <v>26.5</v>
+      </c>
+      <c r="H314" s="5">
+        <v>25.5</v>
+      </c>
+      <c r="I314" s="6"/>
+      <c r="J314" s="5">
+        <f>IF( 5000&gt;K4,K314,IF( 10000&gt;L4,L314,IF( 15000&gt;M4,M314,IF( 20000&gt;N4,N314,O314))))</f>
+      </c>
+      <c r="K314" s="0">
+        <f>D314*I314</f>
+      </c>
+      <c r="L314" s="0">
+        <f>E314*I314</f>
+      </c>
+      <c r="M314" s="0">
+        <f>F314*I314</f>
+      </c>
+      <c r="N314" s="0">
+        <f>G314*I314</f>
+      </c>
+      <c r="O314" s="0">
+        <f>H314*I314</f>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="B7:J288"/>
+  <autoFilter ref="B7:J315"/>
   <mergeCells>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="I3:J3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C9" r:id="rId4"/>
     <hyperlink ref="C10" r:id="rId5"/>
     <hyperlink ref="C11" r:id="rId6"/>
     <hyperlink ref="C12" r:id="rId7"/>
     <hyperlink ref="C13" r:id="rId8"/>
     <hyperlink ref="C14" r:id="rId9"/>
     <hyperlink ref="C15" r:id="rId10"/>
     <hyperlink ref="C16" r:id="rId11"/>
     <hyperlink ref="C17" r:id="rId12"/>
     <hyperlink ref="C18" r:id="rId13"/>
     <hyperlink ref="C19" r:id="rId14"/>
     <hyperlink ref="C20" r:id="rId15"/>
     <hyperlink ref="C21" r:id="rId16"/>
     <hyperlink ref="C22" r:id="rId17"/>
     <hyperlink ref="C23" r:id="rId18"/>
     <hyperlink ref="C24" r:id="rId19"/>
     <hyperlink ref="C25" r:id="rId20"/>
     <hyperlink ref="C26" r:id="rId21"/>
     <hyperlink ref="C27" r:id="rId22"/>
     <hyperlink ref="C28" r:id="rId23"/>
@@ -24644,51 +26928,51 @@
     <hyperlink ref="C61" r:id="rId56"/>
     <hyperlink ref="C63" r:id="rId57"/>
     <hyperlink ref="C64" r:id="rId58"/>
     <hyperlink ref="C65" r:id="rId59"/>
     <hyperlink ref="C66" r:id="rId60"/>
     <hyperlink ref="C67" r:id="rId61"/>
     <hyperlink ref="C68" r:id="rId62"/>
     <hyperlink ref="C69" r:id="rId63"/>
     <hyperlink ref="C70" r:id="rId64"/>
     <hyperlink ref="C71" r:id="rId65"/>
     <hyperlink ref="C72" r:id="rId66"/>
     <hyperlink ref="C73" r:id="rId67"/>
     <hyperlink ref="C74" r:id="rId68"/>
     <hyperlink ref="C75" r:id="rId69"/>
     <hyperlink ref="C76" r:id="rId70"/>
     <hyperlink ref="C77" r:id="rId71"/>
     <hyperlink ref="C78" r:id="rId72"/>
     <hyperlink ref="C79" r:id="rId73"/>
     <hyperlink ref="C80" r:id="rId74"/>
     <hyperlink ref="C81" r:id="rId75"/>
     <hyperlink ref="C82" r:id="rId76"/>
     <hyperlink ref="C83" r:id="rId77"/>
     <hyperlink ref="C84" r:id="rId78"/>
     <hyperlink ref="C85" r:id="rId79"/>
     <hyperlink ref="C86" r:id="rId80"/>
-    <hyperlink ref="C87" r:id="rId81"/>
+    <hyperlink ref="C88" r:id="rId81"/>
     <hyperlink ref="C89" r:id="rId82"/>
     <hyperlink ref="C90" r:id="rId83"/>
     <hyperlink ref="C91" r:id="rId84"/>
     <hyperlink ref="C92" r:id="rId85"/>
     <hyperlink ref="C93" r:id="rId86"/>
     <hyperlink ref="C94" r:id="rId87"/>
     <hyperlink ref="C95" r:id="rId88"/>
     <hyperlink ref="C96" r:id="rId89"/>
     <hyperlink ref="C97" r:id="rId90"/>
     <hyperlink ref="C98" r:id="rId91"/>
     <hyperlink ref="C99" r:id="rId92"/>
     <hyperlink ref="C100" r:id="rId93"/>
     <hyperlink ref="C101" r:id="rId94"/>
     <hyperlink ref="C102" r:id="rId95"/>
     <hyperlink ref="C103" r:id="rId96"/>
     <hyperlink ref="C104" r:id="rId97"/>
     <hyperlink ref="C105" r:id="rId98"/>
     <hyperlink ref="C106" r:id="rId99"/>
     <hyperlink ref="C107" r:id="rId100"/>
     <hyperlink ref="C108" r:id="rId101"/>
     <hyperlink ref="C109" r:id="rId102"/>
     <hyperlink ref="C110" r:id="rId103"/>
     <hyperlink ref="C111" r:id="rId104"/>
     <hyperlink ref="C112" r:id="rId105"/>
     <hyperlink ref="C113" r:id="rId106"/>
@@ -24723,147 +27007,172 @@
     <hyperlink ref="C142" r:id="rId135"/>
     <hyperlink ref="C143" r:id="rId136"/>
     <hyperlink ref="C145" r:id="rId137"/>
     <hyperlink ref="C146" r:id="rId138"/>
     <hyperlink ref="C147" r:id="rId139"/>
     <hyperlink ref="C148" r:id="rId140"/>
     <hyperlink ref="C149" r:id="rId141"/>
     <hyperlink ref="C150" r:id="rId142"/>
     <hyperlink ref="C152" r:id="rId143"/>
     <hyperlink ref="C153" r:id="rId144"/>
     <hyperlink ref="C154" r:id="rId145"/>
     <hyperlink ref="C155" r:id="rId146"/>
     <hyperlink ref="C156" r:id="rId147"/>
     <hyperlink ref="C157" r:id="rId148"/>
     <hyperlink ref="C158" r:id="rId149"/>
     <hyperlink ref="C159" r:id="rId150"/>
     <hyperlink ref="C160" r:id="rId151"/>
     <hyperlink ref="C161" r:id="rId152"/>
     <hyperlink ref="C162" r:id="rId153"/>
     <hyperlink ref="C163" r:id="rId154"/>
     <hyperlink ref="C164" r:id="rId155"/>
     <hyperlink ref="C165" r:id="rId156"/>
     <hyperlink ref="C166" r:id="rId157"/>
     <hyperlink ref="C167" r:id="rId158"/>
     <hyperlink ref="C168" r:id="rId159"/>
-    <hyperlink ref="C170" r:id="rId160"/>
+    <hyperlink ref="C169" r:id="rId160"/>
     <hyperlink ref="C171" r:id="rId161"/>
     <hyperlink ref="C172" r:id="rId162"/>
     <hyperlink ref="C173" r:id="rId163"/>
     <hyperlink ref="C174" r:id="rId164"/>
     <hyperlink ref="C175" r:id="rId165"/>
     <hyperlink ref="C176" r:id="rId166"/>
     <hyperlink ref="C177" r:id="rId167"/>
     <hyperlink ref="C178" r:id="rId168"/>
     <hyperlink ref="C179" r:id="rId169"/>
     <hyperlink ref="C180" r:id="rId170"/>
     <hyperlink ref="C181" r:id="rId171"/>
     <hyperlink ref="C182" r:id="rId172"/>
     <hyperlink ref="C183" r:id="rId173"/>
     <hyperlink ref="C184" r:id="rId174"/>
     <hyperlink ref="C185" r:id="rId175"/>
     <hyperlink ref="C186" r:id="rId176"/>
-    <hyperlink ref="C188" r:id="rId177"/>
+    <hyperlink ref="C187" r:id="rId177"/>
     <hyperlink ref="C189" r:id="rId178"/>
     <hyperlink ref="C190" r:id="rId179"/>
     <hyperlink ref="C191" r:id="rId180"/>
     <hyperlink ref="C192" r:id="rId181"/>
     <hyperlink ref="C193" r:id="rId182"/>
     <hyperlink ref="C194" r:id="rId183"/>
     <hyperlink ref="C195" r:id="rId184"/>
     <hyperlink ref="C196" r:id="rId185"/>
     <hyperlink ref="C197" r:id="rId186"/>
     <hyperlink ref="C198" r:id="rId187"/>
     <hyperlink ref="C199" r:id="rId188"/>
     <hyperlink ref="C200" r:id="rId189"/>
     <hyperlink ref="C201" r:id="rId190"/>
     <hyperlink ref="C202" r:id="rId191"/>
     <hyperlink ref="C203" r:id="rId192"/>
     <hyperlink ref="C204" r:id="rId193"/>
     <hyperlink ref="C205" r:id="rId194"/>
     <hyperlink ref="C206" r:id="rId195"/>
-    <hyperlink ref="C208" r:id="rId196"/>
+    <hyperlink ref="C207" r:id="rId196"/>
     <hyperlink ref="C209" r:id="rId197"/>
     <hyperlink ref="C210" r:id="rId198"/>
     <hyperlink ref="C211" r:id="rId199"/>
     <hyperlink ref="C212" r:id="rId200"/>
     <hyperlink ref="C213" r:id="rId201"/>
     <hyperlink ref="C214" r:id="rId202"/>
     <hyperlink ref="C215" r:id="rId203"/>
     <hyperlink ref="C216" r:id="rId204"/>
     <hyperlink ref="C217" r:id="rId205"/>
     <hyperlink ref="C218" r:id="rId206"/>
-    <hyperlink ref="C220" r:id="rId207"/>
+    <hyperlink ref="C219" r:id="rId207"/>
     <hyperlink ref="C221" r:id="rId208"/>
     <hyperlink ref="C222" r:id="rId209"/>
     <hyperlink ref="C223" r:id="rId210"/>
     <hyperlink ref="C224" r:id="rId211"/>
     <hyperlink ref="C225" r:id="rId212"/>
     <hyperlink ref="C226" r:id="rId213"/>
     <hyperlink ref="C227" r:id="rId214"/>
     <hyperlink ref="C228" r:id="rId215"/>
     <hyperlink ref="C229" r:id="rId216"/>
     <hyperlink ref="C230" r:id="rId217"/>
     <hyperlink ref="C231" r:id="rId218"/>
     <hyperlink ref="C232" r:id="rId219"/>
     <hyperlink ref="C233" r:id="rId220"/>
     <hyperlink ref="C234" r:id="rId221"/>
     <hyperlink ref="C235" r:id="rId222"/>
     <hyperlink ref="C236" r:id="rId223"/>
     <hyperlink ref="C237" r:id="rId224"/>
     <hyperlink ref="C238" r:id="rId225"/>
     <hyperlink ref="C239" r:id="rId226"/>
     <hyperlink ref="C240" r:id="rId227"/>
     <hyperlink ref="C241" r:id="rId228"/>
     <hyperlink ref="C242" r:id="rId229"/>
     <hyperlink ref="C243" r:id="rId230"/>
     <hyperlink ref="C244" r:id="rId231"/>
     <hyperlink ref="C245" r:id="rId232"/>
     <hyperlink ref="C246" r:id="rId233"/>
-    <hyperlink ref="C248" r:id="rId234"/>
+    <hyperlink ref="C247" r:id="rId234"/>
     <hyperlink ref="C249" r:id="rId235"/>
     <hyperlink ref="C250" r:id="rId236"/>
     <hyperlink ref="C251" r:id="rId237"/>
     <hyperlink ref="C252" r:id="rId238"/>
     <hyperlink ref="C253" r:id="rId239"/>
     <hyperlink ref="C254" r:id="rId240"/>
     <hyperlink ref="C255" r:id="rId241"/>
     <hyperlink ref="C256" r:id="rId242"/>
     <hyperlink ref="C257" r:id="rId243"/>
     <hyperlink ref="C258" r:id="rId244"/>
     <hyperlink ref="C259" r:id="rId245"/>
     <hyperlink ref="C260" r:id="rId246"/>
     <hyperlink ref="C261" r:id="rId247"/>
     <hyperlink ref="C262" r:id="rId248"/>
     <hyperlink ref="C263" r:id="rId249"/>
     <hyperlink ref="C264" r:id="rId250"/>
     <hyperlink ref="C265" r:id="rId251"/>
     <hyperlink ref="C266" r:id="rId252"/>
     <hyperlink ref="C267" r:id="rId253"/>
     <hyperlink ref="C268" r:id="rId254"/>
     <hyperlink ref="C269" r:id="rId255"/>
     <hyperlink ref="C270" r:id="rId256"/>
     <hyperlink ref="C271" r:id="rId257"/>
     <hyperlink ref="C272" r:id="rId258"/>
     <hyperlink ref="C273" r:id="rId259"/>
-    <hyperlink ref="C275" r:id="rId260"/>
-[...3 lines deleted...]
-    <hyperlink ref="C280" r:id="rId264"/>
+    <hyperlink ref="C274" r:id="rId260"/>
+    <hyperlink ref="C275" r:id="rId261"/>
+    <hyperlink ref="C276" r:id="rId262"/>
+    <hyperlink ref="C278" r:id="rId263"/>
+    <hyperlink ref="C279" r:id="rId264"/>
     <hyperlink ref="C281" r:id="rId265"/>
     <hyperlink ref="C282" r:id="rId266"/>
     <hyperlink ref="C283" r:id="rId267"/>
     <hyperlink ref="C284" r:id="rId268"/>
     <hyperlink ref="C285" r:id="rId269"/>
     <hyperlink ref="C286" r:id="rId270"/>
     <hyperlink ref="C287" r:id="rId271"/>
+    <hyperlink ref="C288" r:id="rId272"/>
+    <hyperlink ref="C289" r:id="rId273"/>
+    <hyperlink ref="C290" r:id="rId274"/>
+    <hyperlink ref="C292" r:id="rId275"/>
+    <hyperlink ref="C293" r:id="rId276"/>
+    <hyperlink ref="C294" r:id="rId277"/>
+    <hyperlink ref="C295" r:id="rId278"/>
+    <hyperlink ref="C296" r:id="rId279"/>
+    <hyperlink ref="C297" r:id="rId280"/>
+    <hyperlink ref="C298" r:id="rId281"/>
+    <hyperlink ref="C299" r:id="rId282"/>
+    <hyperlink ref="C300" r:id="rId283"/>
+    <hyperlink ref="C301" r:id="rId284"/>
+    <hyperlink ref="C302" r:id="rId285"/>
+    <hyperlink ref="C303" r:id="rId286"/>
+    <hyperlink ref="C304" r:id="rId287"/>
+    <hyperlink ref="C305" r:id="rId288"/>
+    <hyperlink ref="C306" r:id="rId289"/>
+    <hyperlink ref="C307" r:id="rId290"/>
+    <hyperlink ref="C308" r:id="rId291"/>
+    <hyperlink ref="C309" r:id="rId292"/>
+    <hyperlink ref="C310" r:id="rId293"/>
+    <hyperlink ref="C312" r:id="rId294"/>
+    <hyperlink ref="C313" r:id="rId295"/>
+    <hyperlink ref="C314" r:id="rId296"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 07.10.2025 11:44</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 07.10.2025 11:44</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 21.11.2025 12:41</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 21.11.2025 12:41</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 21.11.2025 12:41</firstHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>