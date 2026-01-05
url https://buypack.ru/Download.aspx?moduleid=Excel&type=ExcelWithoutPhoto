--- v1 (2025-11-21)
+++ v2 (2026-01-05)
@@ -112,50 +112,51 @@
   <Override ContentType="image/jpeg" PartName="/xl/media/1454_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1455_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1456_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1457_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1467_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1540_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1199_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1200_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1201_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1190_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1193_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1194_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1195_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1197_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1198_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1392_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1393_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1394_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1395_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1396_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1397_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1452_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1453_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1527_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1543_xsmall.jpg"/>
+  <Override ContentType="image/jpeg" PartName="/xl/media/1545_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1217_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1218_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1219_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1220_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1221_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1222_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1223_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1224_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1225_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1226_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1227_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1228_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1229_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1230_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1401_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1402_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1403_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1240_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1241_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1242_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1244_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1248_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1249_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1316_xsmall.jpg"/>
   <Override ContentType="image/jpeg" PartName="/xl/media/1317_xsmall.jpg"/>
@@ -268,51 +269,51 @@
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">https://buypack.ru</d:author>
   </authors>
   <commentList>
     <comment ref="D6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="614" uniqueCount="614">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>21.11.2025 12:41</t>
+    <t>05.01.2026 18:00</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
@@ -1264,50 +1265,56 @@
   <si>
     <t>70242</t>
   </si>
   <si>
     <t>Пистолет упаковочный для клейкой ленты 50 мм Klebebander</t>
   </si>
   <si>
     <t>70243</t>
   </si>
   <si>
     <t>Пистолет упаковочный для клейкой ленты 75 мм Klebebander</t>
   </si>
   <si>
     <t>70460</t>
   </si>
   <si>
     <t>Клейкая лента оранжевая (Скотч оранжевый) 48мм x 50м 43МК</t>
   </si>
   <si>
     <t>70539</t>
   </si>
   <si>
     <t>Клейкая лента ПОДАРОК (Скотч ПОДАРОК) 48мм x 50м 45МК</t>
   </si>
   <si>
+    <t>70549</t>
+  </si>
+  <si>
+    <t>Клейкая лента белая (Скотч белый) 48мм x 50м 45МК</t>
+  </si>
+  <si>
     <t>Воздушно-пузырчатая плёнка</t>
   </si>
   <si>
     <t>70028</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,2Мх100М)</t>
   </si>
   <si>
     <t>70029</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,2Мх50М)</t>
   </si>
   <si>
     <t>70030</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (0,4Мх50М)</t>
   </si>
   <si>
     <t>70031</t>
   </si>
   <si>
     <t>Воздушно-пузырчатая пленка "Basic New" Двухслойная (1,5Мх100М)</t>
@@ -1525,56 +1532,50 @@
   <si>
     <t>70062</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак C/0 150х210 белый</t>
   </si>
   <si>
     <t>70063</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак D/1 180х260 белый</t>
   </si>
   <si>
     <t>70064</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак E/2 220х260 белый</t>
   </si>
   <si>
     <t>70065</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак F/3 220х330 белый</t>
   </si>
   <si>
-    <t>70066</t>
-[...4 lines deleted...]
-  <si>
     <t>70067</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак H/5 270х360 белый</t>
   </si>
   <si>
     <t>70068</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак J/6 300х440 белый</t>
   </si>
   <si>
     <t>70069</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак K/7 350х470 белый</t>
   </si>
   <si>
     <t>70070</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак CD 150х190 белый</t>
   </si>
   <si>
     <t>Пакеты с замком Zip-Lock</t>
@@ -1816,51 +1817,51 @@
   <si>
     <t>Самосборная картонная коробка 70x70x60 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70168</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 200x200x70 мм, короб из микрогофрокартона Т22</t>
   </si>
   <si>
     <t>70169</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 210x70x45 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70170</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 240x70x70 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70171</t>
   </si>
   <si>
-    <t>Самосборная картонная коробка 220x214x115 мм, короб из микрогофрокартона Т12</t>
+    <t>Самосборная картонная коробка 220x214x115 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70189</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 300x200x100 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70190</t>
   </si>
   <si>
     <t>Самосборная почтовая картонная коробка 175x120x100 мм тип "Ж" короб из гофрокартона Т22</t>
   </si>
   <si>
     <t>70260</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 200x100x100 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70263</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 80x80x80 мм, короб из микрогофрокартона Т11</t>
   </si>
@@ -2206,51 +2207,51 @@
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="3" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1540_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1534_xsmall.jpg"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1533_xsmall.jpg"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1535_xsmall.jpg"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411_xsmall.jpg"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1412_xsmall.jpg"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1413_xsmall.jpg"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414_xsmall.jpg"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1415_xsmall.jpg"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416_xsmall.jpg"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1417_xsmall.jpg"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1418_xsmall.jpg"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1419_xsmall.jpg"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1420_xsmall.jpg"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1421_xsmall.jpg"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1422_xsmall.jpg"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1423_xsmall.jpg"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1424_xsmall.jpg"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425_xsmall.jpg"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426_xsmall.jpg"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1445_xsmall.jpg"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1446_xsmall.jpg"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1447_xsmall.jpg"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1536_xsmall.jpg"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538_xsmall.jpg"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537_xsmall.jpg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1540_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1545_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1534_xsmall.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1533_xsmall.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1535_xsmall.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411_xsmall.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1412_xsmall.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1413_xsmall.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414_xsmall.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1415_xsmall.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416_xsmall.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1417_xsmall.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1418_xsmall.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1419_xsmall.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1420_xsmall.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1421_xsmall.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1422_xsmall.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1423_xsmall.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1424_xsmall.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425_xsmall.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426_xsmall.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1445_xsmall.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1446_xsmall.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1447_xsmall.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1536_xsmall.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538_xsmall.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537_xsmall.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" descr="" name="pic9">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
@@ -8495,62 +8496,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>169</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>170</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...8 lines deleted...]
-        <xdr:cNvPr id="157" descr="" name="pic171">
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="157" descr="" name="pic170">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId285"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId286" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -9175,62 +9176,62 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId318" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>187</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>188</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...8 lines deleted...]
-        <xdr:cNvPr id="174" descr="" name="pic189">
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="174" descr="" name="pic188">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId319"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
@@ -9314,4671 +9315,4671 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>191</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="177" descr="" name="pic192">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId325"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId326" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>192</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" descr="" name="pic193">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId326"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId327"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>193</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="179" descr="" name="pic194">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId328"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>194</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="180" descr="" name="pic195">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId329"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId330"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>195</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="181" descr="" name="pic196">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId330"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId331"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>196</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="182" descr="" name="pic197">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId331"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId332" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId332"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>197</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="183" descr="" name="pic198">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId333"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId334" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>198</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="184" descr="" name="pic199">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId334"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId335"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>199</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="185" descr="" name="pic200">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId335"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId336"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>200</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="186" descr="" name="pic201">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId336"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId337"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>201</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="187" descr="" name="pic202">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId337"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId338"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>202</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="188" descr="" name="pic203">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId338"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId339"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>203</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="189" descr="" name="pic204">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId339"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId320" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId340"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" descr="" name="pic205">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId340"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId341"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="191" descr="" name="pic206">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId341"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId327" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId342"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>206</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>207</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="192" descr="" name="pic207">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId342"/>
-[...26 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId343"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>207</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:from>
-[...16 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" descr="" name="pic208">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId344"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" descr="" name="pic210">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId345"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" descr="" name="pic211">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId346"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId347"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" descr="" name="pic212">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId347"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId348"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" descr="" name="pic213">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId348"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId349"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" descr="" name="pic214">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId349"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId350"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" descr="" name="pic215">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId350"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId351"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" descr="" name="pic216">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId351"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId352"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" descr="" name="pic217">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId352"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId353"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="202" descr="" name="pic218">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId353"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId354"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="203" descr="" name="pic219">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId354"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId344" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId355"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" descr="" name="pic221">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId355"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId356" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId356"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" descr="" name="pic222">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId357"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId358" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId358"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" descr="" name="pic223">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId359"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId360" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId360"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" descr="" name="pic224">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId361"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId362" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId362"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" descr="" name="pic225">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId363"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId364" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId364"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" descr="" name="pic226">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId365"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId366" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId366"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="210" descr="" name="pic227">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId367"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId368" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId368"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="211" descr="" name="pic228">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId369"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId370" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId370"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="212" descr="" name="pic229">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId371"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId372" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId372"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" descr="" name="pic230">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId373"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId374" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId374"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" descr="" name="pic231">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId375"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId376" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId376"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="215" descr="" name="pic232">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId377"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId378" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId378"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" descr="" name="pic233">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId379"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId380" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId380"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" descr="" name="pic234">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId381"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId382" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId382"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" descr="" name="pic235">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId383"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId384" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId384"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" descr="" name="pic236">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId385"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId386" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId386"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" descr="" name="pic237">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId387"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId388" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId388"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="221" descr="" name="pic238">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId389"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId390" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId390"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="222" descr="" name="pic239">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId391"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId392" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId392"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" descr="" name="pic240">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId393"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId394" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId394"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" descr="" name="pic241">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId395"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId396" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId396"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" descr="" name="pic242">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId397"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId398" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId398"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" descr="" name="pic243">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId399"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId400" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId400"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="227" descr="" name="pic244">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId401"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId402" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId402"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>245</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="228" descr="" name="pic245">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId403"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId404" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId404"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>245</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>246</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="229" descr="" name="pic246">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId405"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId406" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId406"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>246</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="230" descr="" name="pic247">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId407"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId408" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId408"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>248</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="231" descr="" name="pic249">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId409"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId410" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId410"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" descr="" name="pic250">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId411"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId412" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId412"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" descr="" name="pic251">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId413"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId414" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId414"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="234" descr="" name="pic252">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId415"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId416" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId416"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="235" descr="" name="pic253">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId417"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId418" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId418"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" descr="" name="pic254">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId419"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId420" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId420"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="237" descr="" name="pic255">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId421"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId422" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId422"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="238" descr="" name="pic256">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId423"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId424" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId424"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="239" descr="" name="pic257">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId425"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId426" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId426"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" descr="" name="pic258">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId427"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId428" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId428"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" descr="" name="pic259">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId429"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId430" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId430"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" descr="" name="pic260">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId431"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId432" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId432"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" descr="" name="pic261">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId433"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId434" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId434"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="244" descr="" name="pic262">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId435"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId436" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId436"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="245" descr="" name="pic263">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId437"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId438" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId438"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="246" descr="" name="pic264">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId439"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId440" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId440"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" descr="" name="pic265">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId441"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId442" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId442"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="248" descr="" name="pic266">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId443"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId444" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId444"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="249" descr="" name="pic267">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId445"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId446" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId446"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="250" descr="" name="pic268">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId447"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId448" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId448"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="251" descr="" name="pic269">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId449"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId450" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId450"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="252" descr="" name="pic270">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId451"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId452" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId452"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="253" descr="" name="pic271">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId453"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId454" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId454"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="254" descr="" name="pic272">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId455"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId456" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId456"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" descr="" name="pic273">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId457"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId458" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId458"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" descr="" name="pic274">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId459"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId460" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId460"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="257" descr="" name="pic275">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId461"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId462" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId462"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="258" descr="" name="pic276">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId463"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId464" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId464"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId465" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>277</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" descr="" name="pic278">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId465"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId466" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId466"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId467" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="260" descr="" name="pic279">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId467"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId468"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="261" descr="" name="pic281">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId468"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId469"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId470" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>281</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="262" descr="" name="pic282">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId470"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId471"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId470" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>282</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="263" descr="" name="pic283">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId471"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId472"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId470" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>283</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="264" descr="" name="pic284">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId472"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId469" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId473"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId470" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>284</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="265" descr="" name="pic285">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId473"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId474"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>285</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="266" descr="" name="pic286">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId475"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId476"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>286</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="267" descr="" name="pic287">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId476"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId477"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="268" descr="" name="pic288">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId477"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId478"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>288</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="269" descr="" name="pic289">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId478"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId479"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>289</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>290</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="270" descr="" name="pic290">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId479"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId474" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId480"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId475" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>291</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="271" descr="" name="pic292">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId480"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId481" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId481"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId482" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>292</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="272" descr="" name="pic293">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId482"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId483" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId483"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId484" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>293</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="273" descr="" name="pic294">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId484"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId485" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId485"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId486" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>294</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>295</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="274" descr="" name="pic295">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId486"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId487" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId487"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId488" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>295</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="275" descr="" name="pic296">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId488"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId489" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId489"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId490" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>296</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="276" descr="" name="pic297">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId490"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId491" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId491"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId492" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>297</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="277" descr="" name="pic298">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId492"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId493" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId493"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId494" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>298</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="278" descr="" name="pic299">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId494"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId495" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId495"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId496" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>299</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="279" descr="" name="pic300">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId496"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId497" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId497"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId498" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>300</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="280" descr="" name="pic301">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId498"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId499" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId499"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId500" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>301</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="281" descr="" name="pic302">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId500"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId501" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId501"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId502" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>302</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="282" descr="" name="pic303">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId502"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId503" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId503"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId504" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>303</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="283" descr="" name="pic304">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId504"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId505" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId505"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId506" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>304</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" descr="" name="pic305">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId506"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId507" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId507"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId508" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>305</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="285" descr="" name="pic306">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId508"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId509" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId509"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId510" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>306</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="286" descr="" name="pic307">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId510"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId511" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId511"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId512" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>307</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>308</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="287" descr="" name="pic308">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId512"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId513" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId513"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId514" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>308</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="288" descr="" name="pic309">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId514"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId515" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId515"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId516" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>309</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>310</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="289" descr="" name="pic310">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId516"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId517" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId517"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId518" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>311</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="290" descr="" name="pic312">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId518"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId519" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId519"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId520" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>312</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="291" descr="" name="pic313">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId520"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId521" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId521"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId522" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>313</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>314</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="292" descr="" name="pic314">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId522"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId523" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId523"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId524" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-g-4-240h330-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
   <dimension ref="A1:O314"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="4" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="9" customWidth="1"/>
     <col min="7" max="7" width="9" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
@@ -17497,149 +17498,149 @@
       <c r="K89" s="0">
         <f>D89*I89</f>
       </c>
       <c r="L89" s="0">
         <f>E89*I89</f>
       </c>
       <c r="M89" s="0">
         <f>F89*I89</f>
       </c>
       <c r="N89" s="0">
         <f>G89*I89</f>
       </c>
       <c r="O89" s="0">
         <f>H89*I89</f>
       </c>
     </row>
     <row r="90" ht="45" customHeight="1" outlineLevel="1">
       <c r="A90" s="3"/>
       <c r="B90" s="2" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>176</v>
       </c>
       <c r="D90" s="5">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E90" s="5">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F90" s="5">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G90" s="5">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="H90" s="5">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I90" s="6"/>
       <c r="J90" s="5">
         <f>IF( 5000&gt;K4,K90,IF( 10000&gt;L4,L90,IF( 15000&gt;M4,M90,IF( 20000&gt;N4,N90,O90))))</f>
       </c>
       <c r="K90" s="0">
         <f>D90*I90</f>
       </c>
       <c r="L90" s="0">
         <f>E90*I90</f>
       </c>
       <c r="M90" s="0">
         <f>F90*I90</f>
       </c>
       <c r="N90" s="0">
         <f>G90*I90</f>
       </c>
       <c r="O90" s="0">
         <f>H90*I90</f>
       </c>
     </row>
     <row r="91" ht="45" customHeight="1" outlineLevel="1">
       <c r="A91" s="3"/>
       <c r="B91" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C91" s="4" t="s">
         <v>178</v>
       </c>
       <c r="D91" s="5">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E91" s="5">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F91" s="5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G91" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H91" s="5">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="I91" s="6"/>
       <c r="J91" s="5">
         <f>IF( 5000&gt;K4,K91,IF( 10000&gt;L4,L91,IF( 15000&gt;M4,M91,IF( 20000&gt;N4,N91,O91))))</f>
       </c>
       <c r="K91" s="0">
         <f>D91*I91</f>
       </c>
       <c r="L91" s="0">
         <f>E91*I91</f>
       </c>
       <c r="M91" s="0">
         <f>F91*I91</f>
       </c>
       <c r="N91" s="0">
         <f>G91*I91</f>
       </c>
       <c r="O91" s="0">
         <f>H91*I91</f>
       </c>
     </row>
     <row r="92" ht="45" customHeight="1" outlineLevel="1">
       <c r="A92" s="3"/>
       <c r="B92" s="2" t="s">
         <v>179</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>180</v>
       </c>
       <c r="D92" s="5">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E92" s="5">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F92" s="5">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G92" s="5">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="H92" s="5">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="I92" s="6"/>
       <c r="J92" s="5">
         <f>IF( 5000&gt;K4,K92,IF( 10000&gt;L4,L92,IF( 15000&gt;M4,M92,IF( 20000&gt;N4,N92,O92))))</f>
       </c>
       <c r="K92" s="0">
         <f>D92*I92</f>
       </c>
       <c r="L92" s="0">
         <f>E92*I92</f>
       </c>
       <c r="M92" s="0">
         <f>F92*I92</f>
       </c>
       <c r="N92" s="0">
         <f>G92*I92</f>
       </c>
       <c r="O92" s="0">
         <f>H92*I92</f>
       </c>
     </row>
     <row r="93" ht="45" customHeight="1" outlineLevel="1">
       <c r="A93" s="3"/>
       <c r="B93" s="2" t="s">
         <v>181</v>
@@ -17669,149 +17670,149 @@
       <c r="K93" s="0">
         <f>D93*I93</f>
       </c>
       <c r="L93" s="0">
         <f>E93*I93</f>
       </c>
       <c r="M93" s="0">
         <f>F93*I93</f>
       </c>
       <c r="N93" s="0">
         <f>G93*I93</f>
       </c>
       <c r="O93" s="0">
         <f>H93*I93</f>
       </c>
     </row>
     <row r="94" ht="45" customHeight="1" outlineLevel="1">
       <c r="A94" s="3"/>
       <c r="B94" s="2" t="s">
         <v>183</v>
       </c>
       <c r="C94" s="4" t="s">
         <v>184</v>
       </c>
       <c r="D94" s="5">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E94" s="5">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F94" s="5">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G94" s="5">
-        <v>22.5</v>
+        <v>21.5</v>
       </c>
       <c r="H94" s="5">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I94" s="6"/>
       <c r="J94" s="5">
         <f>IF( 5000&gt;K4,K94,IF( 10000&gt;L4,L94,IF( 15000&gt;M4,M94,IF( 20000&gt;N4,N94,O94))))</f>
       </c>
       <c r="K94" s="0">
         <f>D94*I94</f>
       </c>
       <c r="L94" s="0">
         <f>E94*I94</f>
       </c>
       <c r="M94" s="0">
         <f>F94*I94</f>
       </c>
       <c r="N94" s="0">
         <f>G94*I94</f>
       </c>
       <c r="O94" s="0">
         <f>H94*I94</f>
       </c>
     </row>
     <row r="95" ht="45" customHeight="1" outlineLevel="1">
       <c r="A95" s="3"/>
       <c r="B95" s="2" t="s">
         <v>185</v>
       </c>
       <c r="C95" s="4" t="s">
         <v>186</v>
       </c>
       <c r="D95" s="5">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E95" s="5">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F95" s="5">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G95" s="5">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H95" s="5">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="I95" s="6"/>
       <c r="J95" s="5">
         <f>IF( 5000&gt;K4,K95,IF( 10000&gt;L4,L95,IF( 15000&gt;M4,M95,IF( 20000&gt;N4,N95,O95))))</f>
       </c>
       <c r="K95" s="0">
         <f>D95*I95</f>
       </c>
       <c r="L95" s="0">
         <f>E95*I95</f>
       </c>
       <c r="M95" s="0">
         <f>F95*I95</f>
       </c>
       <c r="N95" s="0">
         <f>G95*I95</f>
       </c>
       <c r="O95" s="0">
         <f>H95*I95</f>
       </c>
     </row>
     <row r="96" ht="45" customHeight="1" outlineLevel="1">
       <c r="A96" s="3"/>
       <c r="B96" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C96" s="4" t="s">
         <v>188</v>
       </c>
       <c r="D96" s="5">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E96" s="5">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F96" s="5">
-        <v>20.5</v>
+        <v>19.5</v>
       </c>
       <c r="G96" s="5">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H96" s="5">
-        <v>17.5</v>
+        <v>16.5</v>
       </c>
       <c r="I96" s="6"/>
       <c r="J96" s="5">
         <f>IF( 5000&gt;K4,K96,IF( 10000&gt;L4,L96,IF( 15000&gt;M4,M96,IF( 20000&gt;N4,N96,O96))))</f>
       </c>
       <c r="K96" s="0">
         <f>D96*I96</f>
       </c>
       <c r="L96" s="0">
         <f>E96*I96</f>
       </c>
       <c r="M96" s="0">
         <f>F96*I96</f>
       </c>
       <c r="N96" s="0">
         <f>G96*I96</f>
       </c>
       <c r="O96" s="0">
         <f>H96*I96</f>
       </c>
     </row>
     <row r="97" ht="45" customHeight="1" outlineLevel="1">
       <c r="A97" s="3"/>
       <c r="B97" s="2" t="s">
         <v>189</v>
@@ -17884,106 +17885,106 @@
       <c r="K98" s="0">
         <f>D98*I98</f>
       </c>
       <c r="L98" s="0">
         <f>E98*I98</f>
       </c>
       <c r="M98" s="0">
         <f>F98*I98</f>
       </c>
       <c r="N98" s="0">
         <f>G98*I98</f>
       </c>
       <c r="O98" s="0">
         <f>H98*I98</f>
       </c>
     </row>
     <row r="99" ht="45" customHeight="1" outlineLevel="1">
       <c r="A99" s="3"/>
       <c r="B99" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>194</v>
       </c>
       <c r="D99" s="5">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E99" s="5">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F99" s="5">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G99" s="5">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H99" s="5">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="I99" s="6"/>
       <c r="J99" s="5">
         <f>IF( 5000&gt;K4,K99,IF( 10000&gt;L4,L99,IF( 15000&gt;M4,M99,IF( 20000&gt;N4,N99,O99))))</f>
       </c>
       <c r="K99" s="0">
         <f>D99*I99</f>
       </c>
       <c r="L99" s="0">
         <f>E99*I99</f>
       </c>
       <c r="M99" s="0">
         <f>F99*I99</f>
       </c>
       <c r="N99" s="0">
         <f>G99*I99</f>
       </c>
       <c r="O99" s="0">
         <f>H99*I99</f>
       </c>
     </row>
     <row r="100" ht="45" customHeight="1" outlineLevel="1">
       <c r="A100" s="3"/>
       <c r="B100" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C100" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D100" s="5">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E100" s="5">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F100" s="5">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="G100" s="5">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H100" s="5">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="I100" s="6"/>
       <c r="J100" s="5">
         <f>IF( 5000&gt;K4,K100,IF( 10000&gt;L4,L100,IF( 15000&gt;M4,M100,IF( 20000&gt;N4,N100,O100))))</f>
       </c>
       <c r="K100" s="0">
         <f>D100*I100</f>
       </c>
       <c r="L100" s="0">
         <f>E100*I100</f>
       </c>
       <c r="M100" s="0">
         <f>F100*I100</f>
       </c>
       <c r="N100" s="0">
         <f>G100*I100</f>
       </c>
       <c r="O100" s="0">
         <f>H100*I100</f>
       </c>
     </row>
     <row r="101" ht="45" customHeight="1" outlineLevel="1">
       <c r="A101" s="3"/>
       <c r="B101" s="2" t="s">
         <v>197</v>
@@ -18013,63 +18014,63 @@
       <c r="K101" s="0">
         <f>D101*I101</f>
       </c>
       <c r="L101" s="0">
         <f>E101*I101</f>
       </c>
       <c r="M101" s="0">
         <f>F101*I101</f>
       </c>
       <c r="N101" s="0">
         <f>G101*I101</f>
       </c>
       <c r="O101" s="0">
         <f>H101*I101</f>
       </c>
     </row>
     <row r="102" ht="45" customHeight="1" outlineLevel="1">
       <c r="A102" s="3"/>
       <c r="B102" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>200</v>
       </c>
       <c r="D102" s="5">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E102" s="5">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="F102" s="5">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G102" s="5">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="H102" s="5">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="I102" s="6"/>
       <c r="J102" s="5">
         <f>IF( 5000&gt;K4,K102,IF( 10000&gt;L4,L102,IF( 15000&gt;M4,M102,IF( 20000&gt;N4,N102,O102))))</f>
       </c>
       <c r="K102" s="0">
         <f>D102*I102</f>
       </c>
       <c r="L102" s="0">
         <f>E102*I102</f>
       </c>
       <c r="M102" s="0">
         <f>F102*I102</f>
       </c>
       <c r="N102" s="0">
         <f>G102*I102</f>
       </c>
       <c r="O102" s="0">
         <f>H102*I102</f>
       </c>
     </row>
     <row r="103" ht="45" customHeight="1" outlineLevel="1">
       <c r="A103" s="3"/>
       <c r="B103" s="2" t="s">
         <v>201</v>
@@ -18099,63 +18100,63 @@
       <c r="K103" s="0">
         <f>D103*I103</f>
       </c>
       <c r="L103" s="0">
         <f>E103*I103</f>
       </c>
       <c r="M103" s="0">
         <f>F103*I103</f>
       </c>
       <c r="N103" s="0">
         <f>G103*I103</f>
       </c>
       <c r="O103" s="0">
         <f>H103*I103</f>
       </c>
     </row>
     <row r="104" ht="45" customHeight="1" outlineLevel="1">
       <c r="A104" s="3"/>
       <c r="B104" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>204</v>
       </c>
       <c r="D104" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="E104" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F104" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G104" s="5">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H104" s="5">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I104" s="6"/>
       <c r="J104" s="5">
         <f>IF( 5000&gt;K4,K104,IF( 10000&gt;L4,L104,IF( 15000&gt;M4,M104,IF( 20000&gt;N4,N104,O104))))</f>
       </c>
       <c r="K104" s="0">
         <f>D104*I104</f>
       </c>
       <c r="L104" s="0">
         <f>E104*I104</f>
       </c>
       <c r="M104" s="0">
         <f>F104*I104</f>
       </c>
       <c r="N104" s="0">
         <f>G104*I104</f>
       </c>
       <c r="O104" s="0">
         <f>H104*I104</f>
       </c>
     </row>
     <row r="105" ht="45" customHeight="1" outlineLevel="1">
       <c r="A105" s="3"/>
       <c r="B105" s="2" t="s">
         <v>205</v>
@@ -18271,63 +18272,63 @@
       <c r="K107" s="0">
         <f>D107*I107</f>
       </c>
       <c r="L107" s="0">
         <f>E107*I107</f>
       </c>
       <c r="M107" s="0">
         <f>F107*I107</f>
       </c>
       <c r="N107" s="0">
         <f>G107*I107</f>
       </c>
       <c r="O107" s="0">
         <f>H107*I107</f>
       </c>
     </row>
     <row r="108" ht="45" customHeight="1" outlineLevel="1">
       <c r="A108" s="3"/>
       <c r="B108" s="2" t="s">
         <v>211</v>
       </c>
       <c r="C108" s="4" t="s">
         <v>212</v>
       </c>
       <c r="D108" s="5">
-        <v>11.5</v>
+        <v>11.300000190734863</v>
       </c>
       <c r="E108" s="5">
-        <v>11.5</v>
+        <v>11.300000190734863</v>
       </c>
       <c r="F108" s="5">
-        <v>10.5</v>
+        <v>10.300000190734863</v>
       </c>
       <c r="G108" s="5">
-        <v>9.5</v>
+        <v>9.3000001907348633</v>
       </c>
       <c r="H108" s="5">
-        <v>8.5</v>
+        <v>8.3000001907348633</v>
       </c>
       <c r="I108" s="6"/>
       <c r="J108" s="5">
         <f>IF( 5000&gt;K4,K108,IF( 10000&gt;L4,L108,IF( 15000&gt;M4,M108,IF( 20000&gt;N4,N108,O108))))</f>
       </c>
       <c r="K108" s="0">
         <f>D108*I108</f>
       </c>
       <c r="L108" s="0">
         <f>E108*I108</f>
       </c>
       <c r="M108" s="0">
         <f>F108*I108</f>
       </c>
       <c r="N108" s="0">
         <f>G108*I108</f>
       </c>
       <c r="O108" s="0">
         <f>H108*I108</f>
       </c>
     </row>
     <row r="109" ht="45" customHeight="1" outlineLevel="1">
       <c r="A109" s="3"/>
       <c r="B109" s="2" t="s">
         <v>213</v>
@@ -18400,63 +18401,63 @@
       <c r="K110" s="0">
         <f>D110*I110</f>
       </c>
       <c r="L110" s="0">
         <f>E110*I110</f>
       </c>
       <c r="M110" s="0">
         <f>F110*I110</f>
       </c>
       <c r="N110" s="0">
         <f>G110*I110</f>
       </c>
       <c r="O110" s="0">
         <f>H110*I110</f>
       </c>
     </row>
     <row r="111" ht="45" customHeight="1" outlineLevel="1">
       <c r="A111" s="3"/>
       <c r="B111" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>218</v>
       </c>
       <c r="D111" s="5">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E111" s="5">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F111" s="5">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="G111" s="5">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="H111" s="5">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="I111" s="6"/>
       <c r="J111" s="5">
         <f>IF( 5000&gt;K4,K111,IF( 10000&gt;L4,L111,IF( 15000&gt;M4,M111,IF( 20000&gt;N4,N111,O111))))</f>
       </c>
       <c r="K111" s="0">
         <f>D111*I111</f>
       </c>
       <c r="L111" s="0">
         <f>E111*I111</f>
       </c>
       <c r="M111" s="0">
         <f>F111*I111</f>
       </c>
       <c r="N111" s="0">
         <f>G111*I111</f>
       </c>
       <c r="O111" s="0">
         <f>H111*I111</f>
       </c>
     </row>
     <row r="112" ht="45" customHeight="1" outlineLevel="1">
       <c r="A112" s="3"/>
       <c r="B112" s="2" t="s">
         <v>219</v>
@@ -18486,63 +18487,63 @@
       <c r="K112" s="0">
         <f>D112*I112</f>
       </c>
       <c r="L112" s="0">
         <f>E112*I112</f>
       </c>
       <c r="M112" s="0">
         <f>F112*I112</f>
       </c>
       <c r="N112" s="0">
         <f>G112*I112</f>
       </c>
       <c r="O112" s="0">
         <f>H112*I112</f>
       </c>
     </row>
     <row r="113" ht="45" customHeight="1" outlineLevel="1">
       <c r="A113" s="3"/>
       <c r="B113" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C113" s="4" t="s">
         <v>222</v>
       </c>
       <c r="D113" s="5">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="E113" s="5">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="F113" s="5">
-        <v>11.5</v>
+        <v>11</v>
       </c>
       <c r="G113" s="5">
-        <v>10.5</v>
+        <v>10</v>
       </c>
       <c r="H113" s="5">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="I113" s="6"/>
       <c r="J113" s="5">
         <f>IF( 5000&gt;K4,K113,IF( 10000&gt;L4,L113,IF( 15000&gt;M4,M113,IF( 20000&gt;N4,N113,O113))))</f>
       </c>
       <c r="K113" s="0">
         <f>D113*I113</f>
       </c>
       <c r="L113" s="0">
         <f>E113*I113</f>
       </c>
       <c r="M113" s="0">
         <f>F113*I113</f>
       </c>
       <c r="N113" s="0">
         <f>G113*I113</f>
       </c>
       <c r="O113" s="0">
         <f>H113*I113</f>
       </c>
     </row>
     <row r="114" ht="45" customHeight="1" outlineLevel="1">
       <c r="A114" s="3"/>
       <c r="B114" s="2" t="s">
         <v>223</v>
@@ -18572,106 +18573,106 @@
       <c r="K114" s="0">
         <f>D114*I114</f>
       </c>
       <c r="L114" s="0">
         <f>E114*I114</f>
       </c>
       <c r="M114" s="0">
         <f>F114*I114</f>
       </c>
       <c r="N114" s="0">
         <f>G114*I114</f>
       </c>
       <c r="O114" s="0">
         <f>H114*I114</f>
       </c>
     </row>
     <row r="115" ht="45" customHeight="1" outlineLevel="1">
       <c r="A115" s="3"/>
       <c r="B115" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C115" s="4" t="s">
         <v>226</v>
       </c>
       <c r="D115" s="5">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="E115" s="5">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="F115" s="5">
-        <v>11.5</v>
+        <v>11</v>
       </c>
       <c r="G115" s="5">
-        <v>10.5</v>
+        <v>10</v>
       </c>
       <c r="H115" s="5">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="I115" s="6"/>
       <c r="J115" s="5">
         <f>IF( 5000&gt;K4,K115,IF( 10000&gt;L4,L115,IF( 15000&gt;M4,M115,IF( 20000&gt;N4,N115,O115))))</f>
       </c>
       <c r="K115" s="0">
         <f>D115*I115</f>
       </c>
       <c r="L115" s="0">
         <f>E115*I115</f>
       </c>
       <c r="M115" s="0">
         <f>F115*I115</f>
       </c>
       <c r="N115" s="0">
         <f>G115*I115</f>
       </c>
       <c r="O115" s="0">
         <f>H115*I115</f>
       </c>
     </row>
     <row r="116" ht="45" customHeight="1" outlineLevel="1">
       <c r="A116" s="3"/>
       <c r="B116" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>228</v>
       </c>
       <c r="D116" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E116" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F116" s="5">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G116" s="5">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H116" s="5">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I116" s="6"/>
       <c r="J116" s="5">
         <f>IF( 5000&gt;K4,K116,IF( 10000&gt;L4,L116,IF( 15000&gt;M4,M116,IF( 20000&gt;N4,N116,O116))))</f>
       </c>
       <c r="K116" s="0">
         <f>D116*I116</f>
       </c>
       <c r="L116" s="0">
         <f>E116*I116</f>
       </c>
       <c r="M116" s="0">
         <f>F116*I116</f>
       </c>
       <c r="N116" s="0">
         <f>G116*I116</f>
       </c>
       <c r="O116" s="0">
         <f>H116*I116</f>
       </c>
     </row>
     <row r="117" ht="45" customHeight="1" outlineLevel="1">
       <c r="A117" s="3"/>
       <c r="B117" s="2" t="s">
         <v>229</v>
@@ -18744,63 +18745,63 @@
       <c r="K118" s="0">
         <f>D118*I118</f>
       </c>
       <c r="L118" s="0">
         <f>E118*I118</f>
       </c>
       <c r="M118" s="0">
         <f>F118*I118</f>
       </c>
       <c r="N118" s="0">
         <f>G118*I118</f>
       </c>
       <c r="O118" s="0">
         <f>H118*I118</f>
       </c>
     </row>
     <row r="119" ht="45" customHeight="1" outlineLevel="1">
       <c r="A119" s="3"/>
       <c r="B119" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C119" s="4" t="s">
         <v>234</v>
       </c>
       <c r="D119" s="5">
-        <v>7.8000001907348633</v>
+        <v>7.5</v>
       </c>
       <c r="E119" s="5">
-        <v>7.8000001907348633</v>
+        <v>7.5</v>
       </c>
       <c r="F119" s="5">
-        <v>6.8000001907348633</v>
+        <v>6.5</v>
       </c>
       <c r="G119" s="5">
-        <v>6.3000001907348633</v>
+        <v>6</v>
       </c>
       <c r="H119" s="5">
-        <v>5.8000001907348633</v>
+        <v>5.5</v>
       </c>
       <c r="I119" s="6"/>
       <c r="J119" s="5">
         <f>IF( 5000&gt;K4,K119,IF( 10000&gt;L4,L119,IF( 15000&gt;M4,M119,IF( 20000&gt;N4,N119,O119))))</f>
       </c>
       <c r="K119" s="0">
         <f>D119*I119</f>
       </c>
       <c r="L119" s="0">
         <f>E119*I119</f>
       </c>
       <c r="M119" s="0">
         <f>F119*I119</f>
       </c>
       <c r="N119" s="0">
         <f>G119*I119</f>
       </c>
       <c r="O119" s="0">
         <f>H119*I119</f>
       </c>
     </row>
     <row r="120" ht="45" customHeight="1" outlineLevel="1">
       <c r="A120" s="3"/>
       <c r="B120" s="2" t="s">
         <v>235</v>
@@ -18836,143 +18837,143 @@
       <c r="M120" s="0">
         <f>F120*I120</f>
       </c>
       <c r="N120" s="0">
         <f>G120*I120</f>
       </c>
       <c r="O120" s="0">
         <f>H120*I120</f>
       </c>
     </row>
     <row r="121" ht="45" customHeight="1" outlineLevel="1">
       <c r="A121" s="3"/>
       <c r="B121" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C121" s="4" t="s">
         <v>238</v>
       </c>
       <c r="D121" s="5">
         <v>9</v>
       </c>
       <c r="E121" s="5">
         <v>9</v>
       </c>
       <c r="F121" s="5">
-        <v>7.5999999046325684</v>
+        <v>7.5</v>
       </c>
       <c r="G121" s="5">
-        <v>7.0999999046325684</v>
+        <v>7</v>
       </c>
       <c r="H121" s="5">
-        <v>6.5999999046325684</v>
+        <v>6.5</v>
       </c>
       <c r="I121" s="6"/>
       <c r="J121" s="5">
         <f>IF( 5000&gt;K4,K121,IF( 10000&gt;L4,L121,IF( 15000&gt;M4,M121,IF( 20000&gt;N4,N121,O121))))</f>
       </c>
       <c r="K121" s="0">
         <f>D121*I121</f>
       </c>
       <c r="L121" s="0">
         <f>E121*I121</f>
       </c>
       <c r="M121" s="0">
         <f>F121*I121</f>
       </c>
       <c r="N121" s="0">
         <f>G121*I121</f>
       </c>
       <c r="O121" s="0">
         <f>H121*I121</f>
       </c>
     </row>
     <row r="122" ht="45" customHeight="1" outlineLevel="1">
       <c r="A122" s="3"/>
       <c r="B122" s="2" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="4" t="s">
         <v>240</v>
       </c>
       <c r="D122" s="5">
-        <v>6.6999998092651367</v>
+        <v>6.5</v>
       </c>
       <c r="E122" s="5">
-        <v>6.6999998092651367</v>
+        <v>6.5</v>
       </c>
       <c r="F122" s="5">
-        <v>5.8000001907348633</v>
+        <v>5.5999999046325684</v>
       </c>
       <c r="G122" s="5">
-        <v>5.3000001907348633</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="H122" s="5">
-        <v>4.9000000953674316</v>
+        <v>4.6999998092651367</v>
       </c>
       <c r="I122" s="6"/>
       <c r="J122" s="5">
         <f>IF( 5000&gt;K4,K122,IF( 10000&gt;L4,L122,IF( 15000&gt;M4,M122,IF( 20000&gt;N4,N122,O122))))</f>
       </c>
       <c r="K122" s="0">
         <f>D122*I122</f>
       </c>
       <c r="L122" s="0">
         <f>E122*I122</f>
       </c>
       <c r="M122" s="0">
         <f>F122*I122</f>
       </c>
       <c r="N122" s="0">
         <f>G122*I122</f>
       </c>
       <c r="O122" s="0">
         <f>H122*I122</f>
       </c>
     </row>
     <row r="123" ht="45" customHeight="1" outlineLevel="1">
       <c r="A123" s="3"/>
       <c r="B123" s="2" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="4" t="s">
         <v>242</v>
       </c>
       <c r="D123" s="5">
-        <v>11</v>
+        <v>10.5</v>
       </c>
       <c r="E123" s="5">
-        <v>11</v>
+        <v>10.5</v>
       </c>
       <c r="F123" s="5">
-        <v>9.8999996185302734</v>
+        <v>9.3000001907348633</v>
       </c>
       <c r="G123" s="5">
-        <v>9.1000003814697266</v>
+        <v>8.6000003814697266</v>
       </c>
       <c r="H123" s="5">
-        <v>8.3000001907348633</v>
+        <v>7.6999998092651367</v>
       </c>
       <c r="I123" s="6"/>
       <c r="J123" s="5">
         <f>IF( 5000&gt;K4,K123,IF( 10000&gt;L4,L123,IF( 15000&gt;M4,M123,IF( 20000&gt;N4,N123,O123))))</f>
       </c>
       <c r="K123" s="0">
         <f>D123*I123</f>
       </c>
       <c r="L123" s="0">
         <f>E123*I123</f>
       </c>
       <c r="M123" s="0">
         <f>F123*I123</f>
       </c>
       <c r="N123" s="0">
         <f>G123*I123</f>
       </c>
       <c r="O123" s="0">
         <f>H123*I123</f>
       </c>
     </row>
     <row r="124" ht="45" customHeight="1" outlineLevel="1">
       <c r="A124" s="3"/>
       <c r="B124" s="2" t="s">
         <v>243</v>
@@ -19045,149 +19046,149 @@
       <c r="K125" s="0">
         <f>D125*I125</f>
       </c>
       <c r="L125" s="0">
         <f>E125*I125</f>
       </c>
       <c r="M125" s="0">
         <f>F125*I125</f>
       </c>
       <c r="N125" s="0">
         <f>G125*I125</f>
       </c>
       <c r="O125" s="0">
         <f>H125*I125</f>
       </c>
     </row>
     <row r="126" ht="45" customHeight="1" outlineLevel="1">
       <c r="A126" s="3"/>
       <c r="B126" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="4" t="s">
         <v>248</v>
       </c>
       <c r="D126" s="5">
-        <v>16.5</v>
+        <v>16</v>
       </c>
       <c r="E126" s="5">
-        <v>16.5</v>
+        <v>16</v>
       </c>
       <c r="F126" s="5">
-        <v>14.5</v>
+        <v>14</v>
       </c>
       <c r="G126" s="5">
-        <v>13.5</v>
+        <v>13</v>
       </c>
       <c r="H126" s="5">
-        <v>12.5</v>
+        <v>12</v>
       </c>
       <c r="I126" s="6"/>
       <c r="J126" s="5">
         <f>IF( 5000&gt;K4,K126,IF( 10000&gt;L4,L126,IF( 15000&gt;M4,M126,IF( 20000&gt;N4,N126,O126))))</f>
       </c>
       <c r="K126" s="0">
         <f>D126*I126</f>
       </c>
       <c r="L126" s="0">
         <f>E126*I126</f>
       </c>
       <c r="M126" s="0">
         <f>F126*I126</f>
       </c>
       <c r="N126" s="0">
         <f>G126*I126</f>
       </c>
       <c r="O126" s="0">
         <f>H126*I126</f>
       </c>
     </row>
     <row r="127" ht="45" customHeight="1" outlineLevel="1">
       <c r="A127" s="3"/>
       <c r="B127" s="2" t="s">
         <v>249</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>250</v>
       </c>
       <c r="D127" s="5">
         <v>9.8000001907348633</v>
       </c>
       <c r="E127" s="5">
         <v>9.8000001907348633</v>
       </c>
       <c r="F127" s="5">
-        <v>8.8999996185302734</v>
+        <v>8.3999996185302734</v>
       </c>
       <c r="G127" s="5">
-        <v>8.1000003814697266</v>
+        <v>7.6999998092651367</v>
       </c>
       <c r="H127" s="5">
-        <v>7.3000001907348633</v>
+        <v>7</v>
       </c>
       <c r="I127" s="6"/>
       <c r="J127" s="5">
         <f>IF( 5000&gt;K4,K127,IF( 10000&gt;L4,L127,IF( 15000&gt;M4,M127,IF( 20000&gt;N4,N127,O127))))</f>
       </c>
       <c r="K127" s="0">
         <f>D127*I127</f>
       </c>
       <c r="L127" s="0">
         <f>E127*I127</f>
       </c>
       <c r="M127" s="0">
         <f>F127*I127</f>
       </c>
       <c r="N127" s="0">
         <f>G127*I127</f>
       </c>
       <c r="O127" s="0">
         <f>H127*I127</f>
       </c>
     </row>
     <row r="128" ht="45" customHeight="1" outlineLevel="1">
       <c r="A128" s="3"/>
       <c r="B128" s="2" t="s">
         <v>251</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>252</v>
       </c>
       <c r="D128" s="5">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E128" s="5">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F128" s="5">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G128" s="5">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="H128" s="5">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I128" s="6"/>
       <c r="J128" s="5">
         <f>IF( 5000&gt;K4,K128,IF( 10000&gt;L4,L128,IF( 15000&gt;M4,M128,IF( 20000&gt;N4,N128,O128))))</f>
       </c>
       <c r="K128" s="0">
         <f>D128*I128</f>
       </c>
       <c r="L128" s="0">
         <f>E128*I128</f>
       </c>
       <c r="M128" s="0">
         <f>F128*I128</f>
       </c>
       <c r="N128" s="0">
         <f>G128*I128</f>
       </c>
       <c r="O128" s="0">
         <f>H128*I128</f>
       </c>
     </row>
     <row r="129" ht="45" customHeight="1" outlineLevel="1">
       <c r="A129" s="3"/>
       <c r="B129" s="2" t="s">
         <v>253</v>
@@ -19303,149 +19304,149 @@
       <c r="K131" s="0">
         <f>D131*I131</f>
       </c>
       <c r="L131" s="0">
         <f>E131*I131</f>
       </c>
       <c r="M131" s="0">
         <f>F131*I131</f>
       </c>
       <c r="N131" s="0">
         <f>G131*I131</f>
       </c>
       <c r="O131" s="0">
         <f>H131*I131</f>
       </c>
     </row>
     <row r="132" ht="45" customHeight="1" outlineLevel="1">
       <c r="A132" s="3"/>
       <c r="B132" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C132" s="4" t="s">
         <v>260</v>
       </c>
       <c r="D132" s="5">
-        <v>9</v>
+        <v>8.6999998092651367</v>
       </c>
       <c r="E132" s="5">
-        <v>9</v>
+        <v>8.6999998092651367</v>
       </c>
       <c r="F132" s="5">
-        <v>7.9000000953674316</v>
+        <v>7.5999999046325684</v>
       </c>
       <c r="G132" s="5">
-        <v>7.3000001907348633</v>
+        <v>7</v>
       </c>
       <c r="H132" s="5">
-        <v>6.6999998092651367</v>
+        <v>6.4000000953674316</v>
       </c>
       <c r="I132" s="6"/>
       <c r="J132" s="5">
         <f>IF( 5000&gt;K4,K132,IF( 10000&gt;L4,L132,IF( 15000&gt;M4,M132,IF( 20000&gt;N4,N132,O132))))</f>
       </c>
       <c r="K132" s="0">
         <f>D132*I132</f>
       </c>
       <c r="L132" s="0">
         <f>E132*I132</f>
       </c>
       <c r="M132" s="0">
         <f>F132*I132</f>
       </c>
       <c r="N132" s="0">
         <f>G132*I132</f>
       </c>
       <c r="O132" s="0">
         <f>H132*I132</f>
       </c>
     </row>
     <row r="133" ht="45" customHeight="1" outlineLevel="1">
       <c r="A133" s="3"/>
       <c r="B133" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C133" s="4" t="s">
         <v>262</v>
       </c>
       <c r="D133" s="5">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E133" s="5">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F133" s="5">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G133" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H133" s="5">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I133" s="6"/>
       <c r="J133" s="5">
         <f>IF( 5000&gt;K4,K133,IF( 10000&gt;L4,L133,IF( 15000&gt;M4,M133,IF( 20000&gt;N4,N133,O133))))</f>
       </c>
       <c r="K133" s="0">
         <f>D133*I133</f>
       </c>
       <c r="L133" s="0">
         <f>E133*I133</f>
       </c>
       <c r="M133" s="0">
         <f>F133*I133</f>
       </c>
       <c r="N133" s="0">
         <f>G133*I133</f>
       </c>
       <c r="O133" s="0">
         <f>H133*I133</f>
       </c>
     </row>
     <row r="134" ht="45" customHeight="1" outlineLevel="1">
       <c r="A134" s="3"/>
       <c r="B134" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>264</v>
       </c>
       <c r="D134" s="5">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E134" s="5">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F134" s="5">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="G134" s="5">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="H134" s="5">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="I134" s="6"/>
       <c r="J134" s="5">
         <f>IF( 5000&gt;K4,K134,IF( 10000&gt;L4,L134,IF( 15000&gt;M4,M134,IF( 20000&gt;N4,N134,O134))))</f>
       </c>
       <c r="K134" s="0">
         <f>D134*I134</f>
       </c>
       <c r="L134" s="0">
         <f>E134*I134</f>
       </c>
       <c r="M134" s="0">
         <f>F134*I134</f>
       </c>
       <c r="N134" s="0">
         <f>G134*I134</f>
       </c>
       <c r="O134" s="0">
         <f>H134*I134</f>
       </c>
     </row>
     <row r="135" ht="45" customHeight="1" outlineLevel="1">
       <c r="A135" s="3"/>
       <c r="B135" s="2" t="s">
         <v>265</v>
@@ -19647,63 +19648,63 @@
       <c r="K139" s="0">
         <f>D139*I139</f>
       </c>
       <c r="L139" s="0">
         <f>E139*I139</f>
       </c>
       <c r="M139" s="0">
         <f>F139*I139</f>
       </c>
       <c r="N139" s="0">
         <f>G139*I139</f>
       </c>
       <c r="O139" s="0">
         <f>H139*I139</f>
       </c>
     </row>
     <row r="140" ht="45" customHeight="1" outlineLevel="1">
       <c r="A140" s="3"/>
       <c r="B140" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>276</v>
       </c>
       <c r="D140" s="5">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E140" s="5">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F140" s="5">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G140" s="5">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="H140" s="5">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I140" s="6"/>
       <c r="J140" s="5">
         <f>IF( 5000&gt;K4,K140,IF( 10000&gt;L4,L140,IF( 15000&gt;M4,M140,IF( 20000&gt;N4,N140,O140))))</f>
       </c>
       <c r="K140" s="0">
         <f>D140*I140</f>
       </c>
       <c r="L140" s="0">
         <f>E140*I140</f>
       </c>
       <c r="M140" s="0">
         <f>F140*I140</f>
       </c>
       <c r="N140" s="0">
         <f>G140*I140</f>
       </c>
       <c r="O140" s="0">
         <f>H140*I140</f>
       </c>
     </row>
     <row r="141" ht="45" customHeight="1" outlineLevel="1">
       <c r="A141" s="3"/>
       <c r="B141" s="2" t="s">
         <v>277</v>
@@ -20870,1920 +20871,1920 @@
         <v>83</v>
       </c>
       <c r="H169" s="5">
         <v>80</v>
       </c>
       <c r="I169" s="6"/>
       <c r="J169" s="5">
         <f>IF( 5000&gt;K4,K169,IF( 10000&gt;L4,L169,IF( 15000&gt;M4,M169,IF( 20000&gt;N4,N169,O169))))</f>
       </c>
       <c r="K169" s="0">
         <f>D169*I169</f>
       </c>
       <c r="L169" s="0">
         <f>E169*I169</f>
       </c>
       <c r="M169" s="0">
         <f>F169*I169</f>
       </c>
       <c r="N169" s="0">
         <f>G169*I169</f>
       </c>
       <c r="O169" s="0">
         <f>H169*I169</f>
       </c>
     </row>
-    <row r="170">
-      <c r="A170" s="1" t="s">
+    <row r="170" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A170" s="3"/>
+      <c r="B170" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="B170" s="1"/>
-[...11 lines deleted...]
-      <c r="B171" s="2" t="s">
+      <c r="C170" s="4" t="s">
         <v>334</v>
       </c>
-      <c r="C171" s="4" t="s">
+      <c r="D170" s="5">
+        <v>51</v>
+      </c>
+      <c r="E170" s="5">
+        <v>51</v>
+      </c>
+      <c r="F170" s="5">
+        <v>47</v>
+      </c>
+      <c r="G170" s="5">
+        <v>45</v>
+      </c>
+      <c r="H170" s="5">
+        <v>43</v>
+      </c>
+      <c r="I170" s="6"/>
+      <c r="J170" s="5">
+        <f>IF( 5000&gt;K4,K170,IF( 10000&gt;L4,L170,IF( 15000&gt;M4,M170,IF( 20000&gt;N4,N170,O170))))</f>
+      </c>
+      <c r="K170" s="0">
+        <f>D170*I170</f>
+      </c>
+      <c r="L170" s="0">
+        <f>E170*I170</f>
+      </c>
+      <c r="M170" s="0">
+        <f>F170*I170</f>
+      </c>
+      <c r="N170" s="0">
+        <f>G170*I170</f>
+      </c>
+      <c r="O170" s="0">
+        <f>H170*I170</f>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D171" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B171" s="1"/>
+      <c r="C171" s="1"/>
+      <c r="D171" s="1"/>
+      <c r="E171" s="1"/>
+      <c r="F171" s="1"/>
+      <c r="G171" s="1"/>
+      <c r="H171" s="1"/>
+      <c r="I171" s="1"/>
+      <c r="J171" s="1"/>
     </row>
     <row r="172" ht="45" customHeight="1" outlineLevel="1">
       <c r="A172" s="3"/>
       <c r="B172" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C172" s="4" t="s">
         <v>337</v>
       </c>
       <c r="D172" s="5">
-        <v>753.40802001953125</v>
+        <v>1568.3365478515625</v>
       </c>
       <c r="E172" s="5">
-        <v>753.40802001953125</v>
+        <v>1568.3365478515625</v>
       </c>
       <c r="F172" s="5">
-        <v>706.32000732421875</v>
+        <v>1470.3155517578125</v>
       </c>
       <c r="G172" s="5">
-        <v>682.7760009765625</v>
+        <v>1421.3050537109375</v>
       </c>
       <c r="H172" s="5">
-        <v>659.23199462890625</v>
+        <v>1372.2945556640625</v>
       </c>
       <c r="I172" s="6"/>
       <c r="J172" s="5">
         <f>IF( 5000&gt;K4,K172,IF( 10000&gt;L4,L172,IF( 15000&gt;M4,M172,IF( 20000&gt;N4,N172,O172))))</f>
       </c>
       <c r="K172" s="0">
         <f>D172*I172</f>
       </c>
       <c r="L172" s="0">
         <f>E172*I172</f>
       </c>
       <c r="M172" s="0">
         <f>F172*I172</f>
       </c>
       <c r="N172" s="0">
         <f>G172*I172</f>
       </c>
       <c r="O172" s="0">
         <f>H172*I172</f>
       </c>
     </row>
     <row r="173" ht="45" customHeight="1" outlineLevel="1">
       <c r="A173" s="3"/>
       <c r="B173" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>339</v>
       </c>
       <c r="D173" s="5">
-        <v>275.20001220703125</v>
+        <v>753.40802001953125</v>
       </c>
       <c r="E173" s="5">
-        <v>275.20001220703125</v>
+        <v>753.40802001953125</v>
       </c>
       <c r="F173" s="5">
-        <v>258</v>
+        <v>706.32000732421875</v>
       </c>
       <c r="G173" s="5">
-        <v>249.39999389648438</v>
+        <v>682.7760009765625</v>
       </c>
       <c r="H173" s="5">
-        <v>240.80000305175781</v>
+        <v>659.23199462890625</v>
       </c>
       <c r="I173" s="6"/>
       <c r="J173" s="5">
         <f>IF( 5000&gt;K4,K173,IF( 10000&gt;L4,L173,IF( 15000&gt;M4,M173,IF( 20000&gt;N4,N173,O173))))</f>
       </c>
       <c r="K173" s="0">
         <f>D173*I173</f>
       </c>
       <c r="L173" s="0">
         <f>E173*I173</f>
       </c>
       <c r="M173" s="0">
         <f>F173*I173</f>
       </c>
       <c r="N173" s="0">
         <f>G173*I173</f>
       </c>
       <c r="O173" s="0">
         <f>H173*I173</f>
       </c>
     </row>
     <row r="174" ht="45" customHeight="1" outlineLevel="1">
       <c r="A174" s="3"/>
       <c r="B174" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>341</v>
       </c>
       <c r="D174" s="5">
-        <v>1975.97705078125</v>
+        <v>275.20001220703125</v>
       </c>
       <c r="E174" s="5">
-        <v>1975.97705078125</v>
+        <v>275.20001220703125</v>
       </c>
       <c r="F174" s="5">
-        <v>1852.4791259765625</v>
+        <v>258</v>
       </c>
       <c r="G174" s="5">
-        <v>1790.7301025390625</v>
+        <v>249.39999389648438</v>
       </c>
       <c r="H174" s="5">
-        <v>1728.9810791015625</v>
+        <v>240.80000305175781</v>
       </c>
       <c r="I174" s="6"/>
       <c r="J174" s="5">
         <f>IF( 5000&gt;K4,K174,IF( 10000&gt;L4,L174,IF( 15000&gt;M4,M174,IF( 20000&gt;N4,N174,O174))))</f>
       </c>
       <c r="K174" s="0">
         <f>D174*I174</f>
       </c>
       <c r="L174" s="0">
         <f>E174*I174</f>
       </c>
       <c r="M174" s="0">
         <f>F174*I174</f>
       </c>
       <c r="N174" s="0">
         <f>G174*I174</f>
       </c>
       <c r="O174" s="0">
         <f>H174*I174</f>
       </c>
     </row>
     <row r="175" ht="45" customHeight="1" outlineLevel="1">
       <c r="A175" s="3"/>
       <c r="B175" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C175" s="4" t="s">
         <v>343</v>
       </c>
       <c r="D175" s="5">
-        <v>1018.072021484375</v>
+        <v>1975.97705078125</v>
       </c>
       <c r="E175" s="5">
-        <v>1018.072021484375</v>
+        <v>1975.97705078125</v>
       </c>
       <c r="F175" s="5">
-        <v>954.4429931640625</v>
+        <v>1852.4791259765625</v>
       </c>
       <c r="G175" s="5">
-        <v>922.62847900390625</v>
+        <v>1790.7301025390625</v>
       </c>
       <c r="H175" s="5">
-        <v>890.81402587890625</v>
+        <v>1728.9810791015625</v>
       </c>
       <c r="I175" s="6"/>
       <c r="J175" s="5">
         <f>IF( 5000&gt;K4,K175,IF( 10000&gt;L4,L175,IF( 15000&gt;M4,M175,IF( 20000&gt;N4,N175,O175))))</f>
       </c>
       <c r="K175" s="0">
         <f>D175*I175</f>
       </c>
       <c r="L175" s="0">
         <f>E175*I175</f>
       </c>
       <c r="M175" s="0">
         <f>F175*I175</f>
       </c>
       <c r="N175" s="0">
         <f>G175*I175</f>
       </c>
       <c r="O175" s="0">
         <f>H175*I175</f>
       </c>
     </row>
     <row r="176" ht="45" customHeight="1" outlineLevel="1">
       <c r="A176" s="3"/>
       <c r="B176" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>345</v>
       </c>
       <c r="D176" s="5">
-        <v>342.08718872070313</v>
+        <v>1018.072021484375</v>
       </c>
       <c r="E176" s="5">
-        <v>342.08718872070313</v>
+        <v>1018.072021484375</v>
       </c>
       <c r="F176" s="5">
-        <v>320.70721435546875</v>
+        <v>954.4429931640625</v>
       </c>
       <c r="G176" s="5">
-        <v>310.0172119140625</v>
+        <v>922.62847900390625</v>
       </c>
       <c r="H176" s="5">
-        <v>299.32720947265625</v>
+        <v>890.81402587890625</v>
       </c>
       <c r="I176" s="6"/>
       <c r="J176" s="5">
         <f>IF( 5000&gt;K4,K176,IF( 10000&gt;L4,L176,IF( 15000&gt;M4,M176,IF( 20000&gt;N4,N176,O176))))</f>
       </c>
       <c r="K176" s="0">
         <f>D176*I176</f>
       </c>
       <c r="L176" s="0">
         <f>E176*I176</f>
       </c>
       <c r="M176" s="0">
         <f>F176*I176</f>
       </c>
       <c r="N176" s="0">
         <f>G176*I176</f>
       </c>
       <c r="O176" s="0">
         <f>H176*I176</f>
       </c>
     </row>
     <row r="177" ht="45" customHeight="1" outlineLevel="1">
       <c r="A177" s="3"/>
       <c r="B177" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C177" s="4" t="s">
         <v>347</v>
       </c>
       <c r="D177" s="5">
-        <v>201.60000610351563</v>
+        <v>342.08718872070313</v>
       </c>
       <c r="E177" s="5">
-        <v>201.60000610351563</v>
+        <v>342.08718872070313</v>
       </c>
       <c r="F177" s="5">
-        <v>189</v>
+        <v>320.70721435546875</v>
       </c>
       <c r="G177" s="5">
-        <v>182.69999694824219</v>
+        <v>310.0172119140625</v>
       </c>
       <c r="H177" s="5">
-        <v>176.39999389648438</v>
+        <v>299.32720947265625</v>
       </c>
       <c r="I177" s="6"/>
       <c r="J177" s="5">
         <f>IF( 5000&gt;K4,K177,IF( 10000&gt;L4,L177,IF( 15000&gt;M4,M177,IF( 20000&gt;N4,N177,O177))))</f>
       </c>
       <c r="K177" s="0">
         <f>D177*I177</f>
       </c>
       <c r="L177" s="0">
         <f>E177*I177</f>
       </c>
       <c r="M177" s="0">
         <f>F177*I177</f>
       </c>
       <c r="N177" s="0">
         <f>G177*I177</f>
       </c>
       <c r="O177" s="0">
         <f>H177*I177</f>
       </c>
     </row>
     <row r="178" ht="45" customHeight="1" outlineLevel="1">
       <c r="A178" s="3"/>
       <c r="B178" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C178" s="4" t="s">
         <v>349</v>
       </c>
       <c r="D178" s="5">
-        <v>2246.39990234375</v>
+        <v>201.60000610351563</v>
       </c>
       <c r="E178" s="5">
-        <v>2246.39990234375</v>
+        <v>201.60000610351563</v>
       </c>
       <c r="F178" s="5">
-        <v>2106</v>
+        <v>189</v>
       </c>
       <c r="G178" s="5">
-        <v>2035.800048828125</v>
+        <v>182.69999694824219</v>
       </c>
       <c r="H178" s="5">
-        <v>1965.5999755859375</v>
+        <v>176.39999389648438</v>
       </c>
       <c r="I178" s="6"/>
       <c r="J178" s="5">
         <f>IF( 5000&gt;K4,K178,IF( 10000&gt;L4,L178,IF( 15000&gt;M4,M178,IF( 20000&gt;N4,N178,O178))))</f>
       </c>
       <c r="K178" s="0">
         <f>D178*I178</f>
       </c>
       <c r="L178" s="0">
         <f>E178*I178</f>
       </c>
       <c r="M178" s="0">
         <f>F178*I178</f>
       </c>
       <c r="N178" s="0">
         <f>G178*I178</f>
       </c>
       <c r="O178" s="0">
         <f>H178*I178</f>
       </c>
     </row>
     <row r="179" ht="45" customHeight="1" outlineLevel="1">
       <c r="A179" s="3"/>
       <c r="B179" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C179" s="4" t="s">
         <v>351</v>
       </c>
       <c r="D179" s="5">
-        <v>1166.4000244140625</v>
+        <v>2246.39990234375</v>
       </c>
       <c r="E179" s="5">
-        <v>1166.4000244140625</v>
+        <v>2246.39990234375</v>
       </c>
       <c r="F179" s="5">
-        <v>1093.5</v>
+        <v>2106</v>
       </c>
       <c r="G179" s="5">
-        <v>1057.050048828125</v>
+        <v>2035.800048828125</v>
       </c>
       <c r="H179" s="5">
-        <v>1020.5999755859375</v>
+        <v>1965.5999755859375</v>
       </c>
       <c r="I179" s="6"/>
       <c r="J179" s="5">
         <f>IF( 5000&gt;K4,K179,IF( 10000&gt;L4,L179,IF( 15000&gt;M4,M179,IF( 20000&gt;N4,N179,O179))))</f>
       </c>
       <c r="K179" s="0">
         <f>D179*I179</f>
       </c>
       <c r="L179" s="0">
         <f>E179*I179</f>
       </c>
       <c r="M179" s="0">
         <f>F179*I179</f>
       </c>
       <c r="N179" s="0">
         <f>G179*I179</f>
       </c>
       <c r="O179" s="0">
         <f>H179*I179</f>
       </c>
     </row>
     <row r="180" ht="45" customHeight="1" outlineLevel="1">
       <c r="A180" s="3"/>
       <c r="B180" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C180" s="4" t="s">
         <v>353</v>
       </c>
       <c r="D180" s="5">
-        <v>374.39999389648438</v>
+        <v>1166.4000244140625</v>
       </c>
       <c r="E180" s="5">
-        <v>374.39999389648438</v>
+        <v>1166.4000244140625</v>
       </c>
       <c r="F180" s="5">
-        <v>351</v>
+        <v>1093.5</v>
       </c>
       <c r="G180" s="5">
-        <v>339.29998779296875</v>
+        <v>1057.050048828125</v>
       </c>
       <c r="H180" s="5">
-        <v>327.60000610351563</v>
+        <v>1020.5999755859375</v>
       </c>
       <c r="I180" s="6"/>
       <c r="J180" s="5">
         <f>IF( 5000&gt;K4,K180,IF( 10000&gt;L4,L180,IF( 15000&gt;M4,M180,IF( 20000&gt;N4,N180,O180))))</f>
       </c>
       <c r="K180" s="0">
         <f>D180*I180</f>
       </c>
       <c r="L180" s="0">
         <f>E180*I180</f>
       </c>
       <c r="M180" s="0">
         <f>F180*I180</f>
       </c>
       <c r="N180" s="0">
         <f>G180*I180</f>
       </c>
       <c r="O180" s="0">
         <f>H180*I180</f>
       </c>
     </row>
     <row r="181" ht="45" customHeight="1" outlineLevel="1">
       <c r="A181" s="3"/>
       <c r="B181" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C181" s="4" t="s">
         <v>355</v>
       </c>
       <c r="D181" s="5">
-        <v>2814.39990234375</v>
+        <v>374.39999389648438</v>
       </c>
       <c r="E181" s="5">
-        <v>2814.39990234375</v>
+        <v>374.39999389648438</v>
       </c>
       <c r="F181" s="5">
-        <v>2638.5</v>
+        <v>351</v>
       </c>
       <c r="G181" s="5">
-        <v>2550.550048828125</v>
+        <v>339.29998779296875</v>
       </c>
       <c r="H181" s="5">
-        <v>2462.60009765625</v>
+        <v>327.60000610351563</v>
       </c>
       <c r="I181" s="6"/>
       <c r="J181" s="5">
         <f>IF( 5000&gt;K4,K181,IF( 10000&gt;L4,L181,IF( 15000&gt;M4,M181,IF( 20000&gt;N4,N181,O181))))</f>
       </c>
       <c r="K181" s="0">
         <f>D181*I181</f>
       </c>
       <c r="L181" s="0">
         <f>E181*I181</f>
       </c>
       <c r="M181" s="0">
         <f>F181*I181</f>
       </c>
       <c r="N181" s="0">
         <f>G181*I181</f>
       </c>
       <c r="O181" s="0">
         <f>H181*I181</f>
       </c>
     </row>
     <row r="182" ht="45" customHeight="1" outlineLevel="1">
       <c r="A182" s="3"/>
       <c r="B182" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C182" s="4" t="s">
         <v>357</v>
       </c>
       <c r="D182" s="5">
-        <v>1458</v>
+        <v>2814.39990234375</v>
       </c>
       <c r="E182" s="5">
-        <v>1458</v>
+        <v>2814.39990234375</v>
       </c>
       <c r="F182" s="5">
-        <v>1366.875</v>
+        <v>2638.5</v>
       </c>
       <c r="G182" s="5">
-        <v>1321.3125</v>
+        <v>2550.550048828125</v>
       </c>
       <c r="H182" s="5">
-        <v>1275.75</v>
+        <v>2462.60009765625</v>
       </c>
       <c r="I182" s="6"/>
       <c r="J182" s="5">
         <f>IF( 5000&gt;K4,K182,IF( 10000&gt;L4,L182,IF( 15000&gt;M4,M182,IF( 20000&gt;N4,N182,O182))))</f>
       </c>
       <c r="K182" s="0">
         <f>D182*I182</f>
       </c>
       <c r="L182" s="0">
         <f>E182*I182</f>
       </c>
       <c r="M182" s="0">
         <f>F182*I182</f>
       </c>
       <c r="N182" s="0">
         <f>G182*I182</f>
       </c>
       <c r="O182" s="0">
         <f>H182*I182</f>
       </c>
     </row>
     <row r="183" ht="45" customHeight="1" outlineLevel="1">
       <c r="A183" s="3"/>
       <c r="B183" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C183" s="4" t="s">
         <v>359</v>
       </c>
       <c r="D183" s="5">
-        <v>483.09768676757813</v>
+        <v>1458</v>
       </c>
       <c r="E183" s="5">
-        <v>483.09768676757813</v>
+        <v>1458</v>
       </c>
       <c r="F183" s="5">
-        <v>452.90469360351563</v>
+        <v>1366.875</v>
       </c>
       <c r="G183" s="5">
-        <v>437.80819702148438</v>
+        <v>1321.3125</v>
       </c>
       <c r="H183" s="5">
-        <v>422.71170043945313</v>
+        <v>1275.75</v>
       </c>
       <c r="I183" s="6"/>
       <c r="J183" s="5">
         <f>IF( 5000&gt;K4,K183,IF( 10000&gt;L4,L183,IF( 15000&gt;M4,M183,IF( 20000&gt;N4,N183,O183))))</f>
       </c>
       <c r="K183" s="0">
         <f>D183*I183</f>
       </c>
       <c r="L183" s="0">
         <f>E183*I183</f>
       </c>
       <c r="M183" s="0">
         <f>F183*I183</f>
       </c>
       <c r="N183" s="0">
         <f>G183*I183</f>
       </c>
       <c r="O183" s="0">
         <f>H183*I183</f>
       </c>
     </row>
     <row r="184" ht="45" customHeight="1" outlineLevel="1">
       <c r="A184" s="3"/>
       <c r="B184" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C184" s="4" t="s">
         <v>361</v>
       </c>
       <c r="D184" s="5">
-        <v>291.60000610351563</v>
+        <v>483.09768676757813</v>
       </c>
       <c r="E184" s="5">
-        <v>291.60000610351563</v>
+        <v>483.09768676757813</v>
       </c>
       <c r="F184" s="5">
-        <v>273.375</v>
+        <v>452.90469360351563</v>
       </c>
       <c r="G184" s="5">
-        <v>264.26251220703125</v>
+        <v>437.80819702148438</v>
       </c>
       <c r="H184" s="5">
-        <v>255.14999389648438</v>
+        <v>422.71170043945313</v>
       </c>
       <c r="I184" s="6"/>
       <c r="J184" s="5">
         <f>IF( 5000&gt;K4,K184,IF( 10000&gt;L4,L184,IF( 15000&gt;M4,M184,IF( 20000&gt;N4,N184,O184))))</f>
       </c>
       <c r="K184" s="0">
         <f>D184*I184</f>
       </c>
       <c r="L184" s="0">
         <f>E184*I184</f>
       </c>
       <c r="M184" s="0">
         <f>F184*I184</f>
       </c>
       <c r="N184" s="0">
         <f>G184*I184</f>
       </c>
       <c r="O184" s="0">
         <f>H184*I184</f>
       </c>
     </row>
     <row r="185" ht="45" customHeight="1" outlineLevel="1">
       <c r="A185" s="3"/>
       <c r="B185" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C185" s="4" t="s">
         <v>363</v>
       </c>
       <c r="D185" s="5">
-        <v>414.39999389648438</v>
+        <v>291.60000610351563</v>
       </c>
       <c r="E185" s="5">
-        <v>414.39999389648438</v>
+        <v>291.60000610351563</v>
       </c>
       <c r="F185" s="5">
-        <v>388.5</v>
+        <v>273.375</v>
       </c>
       <c r="G185" s="5">
-        <v>375.54998779296875</v>
+        <v>264.26251220703125</v>
       </c>
       <c r="H185" s="5">
-        <v>362.60000610351563</v>
+        <v>255.14999389648438</v>
       </c>
       <c r="I185" s="6"/>
       <c r="J185" s="5">
         <f>IF( 5000&gt;K4,K185,IF( 10000&gt;L4,L185,IF( 15000&gt;M4,M185,IF( 20000&gt;N4,N185,O185))))</f>
       </c>
       <c r="K185" s="0">
         <f>D185*I185</f>
       </c>
       <c r="L185" s="0">
         <f>E185*I185</f>
       </c>
       <c r="M185" s="0">
         <f>F185*I185</f>
       </c>
       <c r="N185" s="0">
         <f>G185*I185</f>
       </c>
       <c r="O185" s="0">
         <f>H185*I185</f>
       </c>
     </row>
     <row r="186" ht="45" customHeight="1" outlineLevel="1">
       <c r="A186" s="3"/>
       <c r="B186" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C186" s="4" t="s">
         <v>365</v>
       </c>
       <c r="D186" s="5">
-        <v>952</v>
+        <v>414.39999389648438</v>
       </c>
       <c r="E186" s="5">
-        <v>952</v>
+        <v>414.39999389648438</v>
       </c>
       <c r="F186" s="5">
-        <v>892.5</v>
+        <v>388.5</v>
       </c>
       <c r="G186" s="5">
-        <v>862.75</v>
+        <v>375.54998779296875</v>
       </c>
       <c r="H186" s="5">
-        <v>833</v>
+        <v>362.60000610351563</v>
       </c>
       <c r="I186" s="6"/>
       <c r="J186" s="5">
         <f>IF( 5000&gt;K4,K186,IF( 10000&gt;L4,L186,IF( 15000&gt;M4,M186,IF( 20000&gt;N4,N186,O186))))</f>
       </c>
       <c r="K186" s="0">
         <f>D186*I186</f>
       </c>
       <c r="L186" s="0">
         <f>E186*I186</f>
       </c>
       <c r="M186" s="0">
         <f>F186*I186</f>
       </c>
       <c r="N186" s="0">
         <f>G186*I186</f>
       </c>
       <c r="O186" s="0">
         <f>H186*I186</f>
       </c>
     </row>
     <row r="187" ht="45" customHeight="1" outlineLevel="1">
       <c r="A187" s="3"/>
       <c r="B187" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C187" s="4" t="s">
         <v>367</v>
       </c>
       <c r="D187" s="5">
-        <v>507.20001220703125</v>
+        <v>952</v>
       </c>
       <c r="E187" s="5">
-        <v>507.20001220703125</v>
+        <v>952</v>
       </c>
       <c r="F187" s="5">
-        <v>475.5</v>
+        <v>892.5</v>
       </c>
       <c r="G187" s="5">
-        <v>459.64999389648438</v>
+        <v>862.75</v>
       </c>
       <c r="H187" s="5">
-        <v>443.79998779296875</v>
+        <v>833</v>
       </c>
       <c r="I187" s="6"/>
       <c r="J187" s="5">
         <f>IF( 5000&gt;K4,K187,IF( 10000&gt;L4,L187,IF( 15000&gt;M4,M187,IF( 20000&gt;N4,N187,O187))))</f>
       </c>
       <c r="K187" s="0">
         <f>D187*I187</f>
       </c>
       <c r="L187" s="0">
         <f>E187*I187</f>
       </c>
       <c r="M187" s="0">
         <f>F187*I187</f>
       </c>
       <c r="N187" s="0">
         <f>G187*I187</f>
       </c>
       <c r="O187" s="0">
         <f>H187*I187</f>
       </c>
     </row>
-    <row r="188">
-      <c r="A188" s="1" t="s">
+    <row r="188" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A188" s="3"/>
+      <c r="B188" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="B188" s="1"/>
-[...11 lines deleted...]
-      <c r="B189" s="2" t="s">
+      <c r="C188" s="4" t="s">
         <v>369</v>
       </c>
-      <c r="C189" s="4" t="s">
+      <c r="D188" s="5">
+        <v>507.20001220703125</v>
+      </c>
+      <c r="E188" s="5">
+        <v>507.20001220703125</v>
+      </c>
+      <c r="F188" s="5">
+        <v>475.5</v>
+      </c>
+      <c r="G188" s="5">
+        <v>459.64999389648438</v>
+      </c>
+      <c r="H188" s="5">
+        <v>443.79998779296875</v>
+      </c>
+      <c r="I188" s="6"/>
+      <c r="J188" s="5">
+        <f>IF( 5000&gt;K4,K188,IF( 10000&gt;L4,L188,IF( 15000&gt;M4,M188,IF( 20000&gt;N4,N188,O188))))</f>
+      </c>
+      <c r="K188" s="0">
+        <f>D188*I188</f>
+      </c>
+      <c r="L188" s="0">
+        <f>E188*I188</f>
+      </c>
+      <c r="M188" s="0">
+        <f>F188*I188</f>
+      </c>
+      <c r="N188" s="0">
+        <f>G188*I188</f>
+      </c>
+      <c r="O188" s="0">
+        <f>H188*I188</f>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="D189" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B189" s="1"/>
+      <c r="C189" s="1"/>
+      <c r="D189" s="1"/>
+      <c r="E189" s="1"/>
+      <c r="F189" s="1"/>
+      <c r="G189" s="1"/>
+      <c r="H189" s="1"/>
+      <c r="I189" s="1"/>
+      <c r="J189" s="1"/>
     </row>
     <row r="190" ht="45" customHeight="1" outlineLevel="1">
       <c r="A190" s="3"/>
       <c r="B190" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C190" s="4" t="s">
         <v>372</v>
       </c>
       <c r="D190" s="5">
-        <v>102</v>
+        <v>307.79998779296875</v>
       </c>
       <c r="E190" s="5">
-        <v>102</v>
+        <v>307.79998779296875</v>
       </c>
       <c r="F190" s="5">
-        <v>98</v>
+        <v>287.27999877929688</v>
       </c>
       <c r="G190" s="5">
-        <v>96</v>
+        <v>277.01998901367188</v>
       </c>
       <c r="H190" s="5">
-        <v>94</v>
+        <v>266.760009765625</v>
       </c>
       <c r="I190" s="6"/>
       <c r="J190" s="5">
         <f>IF( 5000&gt;K4,K190,IF( 10000&gt;L4,L190,IF( 15000&gt;M4,M190,IF( 20000&gt;N4,N190,O190))))</f>
       </c>
       <c r="K190" s="0">
         <f>D190*I190</f>
       </c>
       <c r="L190" s="0">
         <f>E190*I190</f>
       </c>
       <c r="M190" s="0">
         <f>F190*I190</f>
       </c>
       <c r="N190" s="0">
         <f>G190*I190</f>
       </c>
       <c r="O190" s="0">
         <f>H190*I190</f>
       </c>
     </row>
     <row r="191" ht="45" customHeight="1" outlineLevel="1">
       <c r="A191" s="3"/>
       <c r="B191" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C191" s="4" t="s">
         <v>374</v>
       </c>
       <c r="D191" s="5">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="E191" s="5">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="F191" s="5">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="G191" s="5">
-        <v>73</v>
+        <v>96</v>
       </c>
       <c r="H191" s="5">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="I191" s="6"/>
       <c r="J191" s="5">
         <f>IF( 5000&gt;K4,K191,IF( 10000&gt;L4,L191,IF( 15000&gt;M4,M191,IF( 20000&gt;N4,N191,O191))))</f>
       </c>
       <c r="K191" s="0">
         <f>D191*I191</f>
       </c>
       <c r="L191" s="0">
         <f>E191*I191</f>
       </c>
       <c r="M191" s="0">
         <f>F191*I191</f>
       </c>
       <c r="N191" s="0">
         <f>G191*I191</f>
       </c>
       <c r="O191" s="0">
         <f>H191*I191</f>
       </c>
     </row>
     <row r="192" ht="45" customHeight="1" outlineLevel="1">
       <c r="A192" s="3"/>
       <c r="B192" s="2" t="s">
         <v>375</v>
       </c>
       <c r="C192" s="4" t="s">
         <v>376</v>
       </c>
       <c r="D192" s="5">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="E192" s="5">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="F192" s="5">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="G192" s="5">
-        <v>115</v>
+        <v>73</v>
       </c>
       <c r="H192" s="5">
-        <v>110</v>
+        <v>70</v>
       </c>
       <c r="I192" s="6"/>
       <c r="J192" s="5">
         <f>IF( 5000&gt;K4,K192,IF( 10000&gt;L4,L192,IF( 15000&gt;M4,M192,IF( 20000&gt;N4,N192,O192))))</f>
       </c>
       <c r="K192" s="0">
         <f>D192*I192</f>
       </c>
       <c r="L192" s="0">
         <f>E192*I192</f>
       </c>
       <c r="M192" s="0">
         <f>F192*I192</f>
       </c>
       <c r="N192" s="0">
         <f>G192*I192</f>
       </c>
       <c r="O192" s="0">
         <f>H192*I192</f>
       </c>
     </row>
     <row r="193" ht="45" customHeight="1" outlineLevel="1">
       <c r="A193" s="3"/>
       <c r="B193" s="2" t="s">
         <v>377</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>378</v>
       </c>
       <c r="D193" s="5">
-        <v>131.85000610351563</v>
+        <v>130</v>
       </c>
       <c r="E193" s="5">
-        <v>131.85000610351563</v>
+        <v>130</v>
       </c>
       <c r="F193" s="5">
-        <v>123.05999755859375</v>
+        <v>120</v>
       </c>
       <c r="G193" s="5">
-        <v>118.66500091552734</v>
+        <v>115</v>
       </c>
       <c r="H193" s="5">
-        <v>114.26999664306641</v>
+        <v>110</v>
       </c>
       <c r="I193" s="6"/>
       <c r="J193" s="5">
         <f>IF( 5000&gt;K4,K193,IF( 10000&gt;L4,L193,IF( 15000&gt;M4,M193,IF( 20000&gt;N4,N193,O193))))</f>
       </c>
       <c r="K193" s="0">
         <f>D193*I193</f>
       </c>
       <c r="L193" s="0">
         <f>E193*I193</f>
       </c>
       <c r="M193" s="0">
         <f>F193*I193</f>
       </c>
       <c r="N193" s="0">
         <f>G193*I193</f>
       </c>
       <c r="O193" s="0">
         <f>H193*I193</f>
       </c>
     </row>
     <row r="194" ht="45" customHeight="1" outlineLevel="1">
       <c r="A194" s="3"/>
       <c r="B194" s="2" t="s">
         <v>379</v>
       </c>
       <c r="C194" s="4" t="s">
         <v>380</v>
       </c>
       <c r="D194" s="5">
-        <v>200</v>
+        <v>131.85000610351563</v>
       </c>
       <c r="E194" s="5">
-        <v>200</v>
+        <v>131.85000610351563</v>
       </c>
       <c r="F194" s="5">
-        <v>190</v>
+        <v>123.05999755859375</v>
       </c>
       <c r="G194" s="5">
-        <v>185</v>
+        <v>118.66500091552734</v>
       </c>
       <c r="H194" s="5">
-        <v>180</v>
+        <v>114.26999664306641</v>
       </c>
       <c r="I194" s="6"/>
       <c r="J194" s="5">
         <f>IF( 5000&gt;K4,K194,IF( 10000&gt;L4,L194,IF( 15000&gt;M4,M194,IF( 20000&gt;N4,N194,O194))))</f>
       </c>
       <c r="K194" s="0">
         <f>D194*I194</f>
       </c>
       <c r="L194" s="0">
         <f>E194*I194</f>
       </c>
       <c r="M194" s="0">
         <f>F194*I194</f>
       </c>
       <c r="N194" s="0">
         <f>G194*I194</f>
       </c>
       <c r="O194" s="0">
         <f>H194*I194</f>
       </c>
     </row>
     <row r="195" ht="45" customHeight="1" outlineLevel="1">
       <c r="A195" s="3"/>
       <c r="B195" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C195" s="4" t="s">
         <v>382</v>
       </c>
       <c r="D195" s="5">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="E195" s="5">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="F195" s="5">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="G195" s="5">
-        <v>95</v>
+        <v>185</v>
       </c>
       <c r="H195" s="5">
-        <v>90</v>
+        <v>180</v>
       </c>
       <c r="I195" s="6"/>
       <c r="J195" s="5">
         <f>IF( 5000&gt;K4,K195,IF( 10000&gt;L4,L195,IF( 15000&gt;M4,M195,IF( 20000&gt;N4,N195,O195))))</f>
       </c>
       <c r="K195" s="0">
         <f>D195*I195</f>
       </c>
       <c r="L195" s="0">
         <f>E195*I195</f>
       </c>
       <c r="M195" s="0">
         <f>F195*I195</f>
       </c>
       <c r="N195" s="0">
         <f>G195*I195</f>
       </c>
       <c r="O195" s="0">
         <f>H195*I195</f>
       </c>
     </row>
     <row r="196" ht="45" customHeight="1" outlineLevel="1">
       <c r="A196" s="3"/>
       <c r="B196" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C196" s="4" t="s">
         <v>384</v>
       </c>
       <c r="D196" s="5">
-        <v>190</v>
+        <v>110</v>
       </c>
       <c r="E196" s="5">
-        <v>190</v>
+        <v>110</v>
       </c>
       <c r="F196" s="5">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="G196" s="5">
-        <v>175</v>
+        <v>95</v>
       </c>
       <c r="H196" s="5">
-        <v>170</v>
+        <v>90</v>
       </c>
       <c r="I196" s="6"/>
       <c r="J196" s="5">
         <f>IF( 5000&gt;K4,K196,IF( 10000&gt;L4,L196,IF( 15000&gt;M4,M196,IF( 20000&gt;N4,N196,O196))))</f>
       </c>
       <c r="K196" s="0">
         <f>D196*I196</f>
       </c>
       <c r="L196" s="0">
         <f>E196*I196</f>
       </c>
       <c r="M196" s="0">
         <f>F196*I196</f>
       </c>
       <c r="N196" s="0">
         <f>G196*I196</f>
       </c>
       <c r="O196" s="0">
         <f>H196*I196</f>
       </c>
     </row>
     <row r="197" ht="45" customHeight="1" outlineLevel="1">
       <c r="A197" s="3"/>
       <c r="B197" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C197" s="4" t="s">
         <v>386</v>
       </c>
       <c r="D197" s="5">
-        <v>109.19999694824219</v>
+        <v>190</v>
       </c>
       <c r="E197" s="5">
-        <v>109.19999694824219</v>
+        <v>190</v>
       </c>
       <c r="F197" s="5">
-        <v>101.91999816894531</v>
+        <v>180</v>
       </c>
       <c r="G197" s="5">
-        <v>98.279998779296875</v>
+        <v>175</v>
       </c>
       <c r="H197" s="5">
-        <v>94.639999389648438</v>
+        <v>170</v>
       </c>
       <c r="I197" s="6"/>
       <c r="J197" s="5">
         <f>IF( 5000&gt;K4,K197,IF( 10000&gt;L4,L197,IF( 15000&gt;M4,M197,IF( 20000&gt;N4,N197,O197))))</f>
       </c>
       <c r="K197" s="0">
         <f>D197*I197</f>
       </c>
       <c r="L197" s="0">
         <f>E197*I197</f>
       </c>
       <c r="M197" s="0">
         <f>F197*I197</f>
       </c>
       <c r="N197" s="0">
         <f>G197*I197</f>
       </c>
       <c r="O197" s="0">
         <f>H197*I197</f>
       </c>
     </row>
     <row r="198" ht="45" customHeight="1" outlineLevel="1">
       <c r="A198" s="3"/>
       <c r="B198" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C198" s="4" t="s">
         <v>388</v>
       </c>
       <c r="D198" s="5">
-        <v>340</v>
+        <v>109.19999694824219</v>
       </c>
       <c r="E198" s="5">
-        <v>340</v>
+        <v>109.19999694824219</v>
       </c>
       <c r="F198" s="5">
-        <v>330</v>
+        <v>101.91999816894531</v>
       </c>
       <c r="G198" s="5">
-        <v>325</v>
+        <v>98.279998779296875</v>
       </c>
       <c r="H198" s="5">
-        <v>320</v>
+        <v>94.639999389648438</v>
       </c>
       <c r="I198" s="6"/>
       <c r="J198" s="5">
         <f>IF( 5000&gt;K4,K198,IF( 10000&gt;L4,L198,IF( 15000&gt;M4,M198,IF( 20000&gt;N4,N198,O198))))</f>
       </c>
       <c r="K198" s="0">
         <f>D198*I198</f>
       </c>
       <c r="L198" s="0">
         <f>E198*I198</f>
       </c>
       <c r="M198" s="0">
         <f>F198*I198</f>
       </c>
       <c r="N198" s="0">
         <f>G198*I198</f>
       </c>
       <c r="O198" s="0">
         <f>H198*I198</f>
       </c>
     </row>
     <row r="199" ht="45" customHeight="1" outlineLevel="1">
       <c r="A199" s="3"/>
       <c r="B199" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C199" s="4" t="s">
         <v>390</v>
       </c>
       <c r="D199" s="5">
-        <v>110</v>
+        <v>340</v>
       </c>
       <c r="E199" s="5">
-        <v>110</v>
+        <v>340</v>
       </c>
       <c r="F199" s="5">
-        <v>104</v>
+        <v>330</v>
       </c>
       <c r="G199" s="5">
-        <v>101</v>
+        <v>325</v>
       </c>
       <c r="H199" s="5">
-        <v>98</v>
+        <v>320</v>
       </c>
       <c r="I199" s="6"/>
       <c r="J199" s="5">
         <f>IF( 5000&gt;K4,K199,IF( 10000&gt;L4,L199,IF( 15000&gt;M4,M199,IF( 20000&gt;N4,N199,O199))))</f>
       </c>
       <c r="K199" s="0">
         <f>D199*I199</f>
       </c>
       <c r="L199" s="0">
         <f>E199*I199</f>
       </c>
       <c r="M199" s="0">
         <f>F199*I199</f>
       </c>
       <c r="N199" s="0">
         <f>G199*I199</f>
       </c>
       <c r="O199" s="0">
         <f>H199*I199</f>
       </c>
     </row>
     <row r="200" ht="45" customHeight="1" outlineLevel="1">
       <c r="A200" s="3"/>
       <c r="B200" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C200" s="4" t="s">
         <v>392</v>
       </c>
       <c r="D200" s="5">
-        <v>240</v>
+        <v>110</v>
       </c>
       <c r="E200" s="5">
-        <v>240</v>
+        <v>110</v>
       </c>
       <c r="F200" s="5">
-        <v>230</v>
+        <v>104</v>
       </c>
       <c r="G200" s="5">
-        <v>225</v>
+        <v>101</v>
       </c>
       <c r="H200" s="5">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c r="I200" s="6"/>
       <c r="J200" s="5">
         <f>IF( 5000&gt;K4,K200,IF( 10000&gt;L4,L200,IF( 15000&gt;M4,M200,IF( 20000&gt;N4,N200,O200))))</f>
       </c>
       <c r="K200" s="0">
         <f>D200*I200</f>
       </c>
       <c r="L200" s="0">
         <f>E200*I200</f>
       </c>
       <c r="M200" s="0">
         <f>F200*I200</f>
       </c>
       <c r="N200" s="0">
         <f>G200*I200</f>
       </c>
       <c r="O200" s="0">
         <f>H200*I200</f>
       </c>
     </row>
     <row r="201" ht="45" customHeight="1" outlineLevel="1">
       <c r="A201" s="3"/>
       <c r="B201" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C201" s="4" t="s">
         <v>394</v>
       </c>
       <c r="D201" s="5">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="E201" s="5">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="F201" s="5">
-        <v>180</v>
+        <v>230</v>
       </c>
       <c r="G201" s="5">
-        <v>175</v>
+        <v>225</v>
       </c>
       <c r="H201" s="5">
-        <v>170</v>
+        <v>220</v>
       </c>
       <c r="I201" s="6"/>
       <c r="J201" s="5">
         <f>IF( 5000&gt;K4,K201,IF( 10000&gt;L4,L201,IF( 15000&gt;M4,M201,IF( 20000&gt;N4,N201,O201))))</f>
       </c>
       <c r="K201" s="0">
         <f>D201*I201</f>
       </c>
       <c r="L201" s="0">
         <f>E201*I201</f>
       </c>
       <c r="M201" s="0">
         <f>F201*I201</f>
       </c>
       <c r="N201" s="0">
         <f>G201*I201</f>
       </c>
       <c r="O201" s="0">
         <f>H201*I201</f>
       </c>
     </row>
     <row r="202" ht="45" customHeight="1" outlineLevel="1">
       <c r="A202" s="3"/>
       <c r="B202" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C202" s="4" t="s">
         <v>396</v>
       </c>
       <c r="D202" s="5">
-        <v>310</v>
+        <v>190</v>
       </c>
       <c r="E202" s="5">
-        <v>310</v>
+        <v>190</v>
       </c>
       <c r="F202" s="5">
-        <v>300</v>
+        <v>180</v>
       </c>
       <c r="G202" s="5">
-        <v>295</v>
+        <v>175</v>
       </c>
       <c r="H202" s="5">
-        <v>290</v>
+        <v>170</v>
       </c>
       <c r="I202" s="6"/>
       <c r="J202" s="5">
         <f>IF( 5000&gt;K4,K202,IF( 10000&gt;L4,L202,IF( 15000&gt;M4,M202,IF( 20000&gt;N4,N202,O202))))</f>
       </c>
       <c r="K202" s="0">
         <f>D202*I202</f>
       </c>
       <c r="L202" s="0">
         <f>E202*I202</f>
       </c>
       <c r="M202" s="0">
         <f>F202*I202</f>
       </c>
       <c r="N202" s="0">
         <f>G202*I202</f>
       </c>
       <c r="O202" s="0">
         <f>H202*I202</f>
       </c>
     </row>
     <row r="203" ht="45" customHeight="1" outlineLevel="1">
       <c r="A203" s="3"/>
       <c r="B203" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C203" s="4" t="s">
         <v>398</v>
       </c>
       <c r="D203" s="5">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="E203" s="5">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="F203" s="5">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="G203" s="5">
-        <v>355</v>
+        <v>295</v>
       </c>
       <c r="H203" s="5">
-        <v>350</v>
+        <v>290</v>
       </c>
       <c r="I203" s="6"/>
       <c r="J203" s="5">
         <f>IF( 5000&gt;K4,K203,IF( 10000&gt;L4,L203,IF( 15000&gt;M4,M203,IF( 20000&gt;N4,N203,O203))))</f>
       </c>
       <c r="K203" s="0">
         <f>D203*I203</f>
       </c>
       <c r="L203" s="0">
         <f>E203*I203</f>
       </c>
       <c r="M203" s="0">
         <f>F203*I203</f>
       </c>
       <c r="N203" s="0">
         <f>G203*I203</f>
       </c>
       <c r="O203" s="0">
         <f>H203*I203</f>
       </c>
     </row>
     <row r="204" ht="45" customHeight="1" outlineLevel="1">
       <c r="A204" s="3"/>
       <c r="B204" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C204" s="4" t="s">
         <v>400</v>
       </c>
       <c r="D204" s="5">
-        <v>280</v>
+        <v>380</v>
       </c>
       <c r="E204" s="5">
-        <v>280</v>
+        <v>380</v>
       </c>
       <c r="F204" s="5">
-        <v>270</v>
+        <v>360</v>
       </c>
       <c r="G204" s="5">
-        <v>265</v>
+        <v>355</v>
       </c>
       <c r="H204" s="5">
-        <v>260</v>
+        <v>350</v>
       </c>
       <c r="I204" s="6"/>
       <c r="J204" s="5">
         <f>IF( 5000&gt;K4,K204,IF( 10000&gt;L4,L204,IF( 15000&gt;M4,M204,IF( 20000&gt;N4,N204,O204))))</f>
       </c>
       <c r="K204" s="0">
         <f>D204*I204</f>
       </c>
       <c r="L204" s="0">
         <f>E204*I204</f>
       </c>
       <c r="M204" s="0">
         <f>F204*I204</f>
       </c>
       <c r="N204" s="0">
         <f>G204*I204</f>
       </c>
       <c r="O204" s="0">
         <f>H204*I204</f>
       </c>
     </row>
     <row r="205" ht="45" customHeight="1" outlineLevel="1">
       <c r="A205" s="3"/>
       <c r="B205" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>402</v>
       </c>
       <c r="D205" s="5">
-        <v>173.1300048828125</v>
+        <v>280</v>
       </c>
       <c r="E205" s="5">
-        <v>173.1300048828125</v>
+        <v>280</v>
       </c>
       <c r="F205" s="5">
-        <v>161.58799743652344</v>
+        <v>270</v>
       </c>
       <c r="G205" s="5">
-        <v>155.81700134277344</v>
+        <v>265</v>
       </c>
       <c r="H205" s="5">
-        <v>150.04600524902344</v>
+        <v>260</v>
       </c>
       <c r="I205" s="6"/>
       <c r="J205" s="5">
         <f>IF( 5000&gt;K4,K205,IF( 10000&gt;L4,L205,IF( 15000&gt;M4,M205,IF( 20000&gt;N4,N205,O205))))</f>
       </c>
       <c r="K205" s="0">
         <f>D205*I205</f>
       </c>
       <c r="L205" s="0">
         <f>E205*I205</f>
       </c>
       <c r="M205" s="0">
         <f>F205*I205</f>
       </c>
       <c r="N205" s="0">
         <f>G205*I205</f>
       </c>
       <c r="O205" s="0">
         <f>H205*I205</f>
       </c>
     </row>
     <row r="206" ht="45" customHeight="1" outlineLevel="1">
       <c r="A206" s="3"/>
       <c r="B206" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C206" s="4" t="s">
         <v>404</v>
       </c>
       <c r="D206" s="5">
-        <v>570.451171875</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="E206" s="5">
-        <v>570.451171875</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="F206" s="5">
-        <v>532.42108154296875</v>
+        <v>161.58799743652344</v>
       </c>
       <c r="G206" s="5">
-        <v>513.4061279296875</v>
+        <v>155.81700134277344</v>
       </c>
       <c r="H206" s="5">
-        <v>494.3909912109375</v>
+        <v>150.04600524902344</v>
       </c>
       <c r="I206" s="6"/>
       <c r="J206" s="5">
         <f>IF( 5000&gt;K4,K206,IF( 10000&gt;L4,L206,IF( 15000&gt;M4,M206,IF( 20000&gt;N4,N206,O206))))</f>
       </c>
       <c r="K206" s="0">
         <f>D206*I206</f>
       </c>
       <c r="L206" s="0">
         <f>E206*I206</f>
       </c>
       <c r="M206" s="0">
         <f>F206*I206</f>
       </c>
       <c r="N206" s="0">
         <f>G206*I206</f>
       </c>
       <c r="O206" s="0">
         <f>H206*I206</f>
       </c>
     </row>
     <row r="207" ht="45" customHeight="1" outlineLevel="1">
       <c r="A207" s="3"/>
       <c r="B207" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C207" s="4" t="s">
         <v>406</v>
       </c>
       <c r="D207" s="5">
-        <v>119</v>
+        <v>570.451171875</v>
       </c>
       <c r="E207" s="5">
-        <v>119</v>
+        <v>570.451171875</v>
       </c>
       <c r="F207" s="5">
-        <v>109</v>
+        <v>532.42108154296875</v>
       </c>
       <c r="G207" s="5">
-        <v>104</v>
+        <v>513.4061279296875</v>
       </c>
       <c r="H207" s="5">
-        <v>99</v>
+        <v>494.3909912109375</v>
       </c>
       <c r="I207" s="6"/>
       <c r="J207" s="5">
         <f>IF( 5000&gt;K4,K207,IF( 10000&gt;L4,L207,IF( 15000&gt;M4,M207,IF( 20000&gt;N4,N207,O207))))</f>
       </c>
       <c r="K207" s="0">
         <f>D207*I207</f>
       </c>
       <c r="L207" s="0">
         <f>E207*I207</f>
       </c>
       <c r="M207" s="0">
         <f>F207*I207</f>
       </c>
       <c r="N207" s="0">
         <f>G207*I207</f>
       </c>
       <c r="O207" s="0">
         <f>H207*I207</f>
       </c>
     </row>
-    <row r="208">
-      <c r="A208" s="1" t="s">
+    <row r="208" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A208" s="3"/>
+      <c r="B208" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="B208" s="1"/>
-[...11 lines deleted...]
-      <c r="B209" s="2" t="s">
+      <c r="C208" s="4" t="s">
         <v>408</v>
       </c>
-      <c r="C209" s="4" t="s">
+      <c r="D208" s="5">
+        <v>119</v>
+      </c>
+      <c r="E208" s="5">
+        <v>119</v>
+      </c>
+      <c r="F208" s="5">
+        <v>109</v>
+      </c>
+      <c r="G208" s="5">
+        <v>104</v>
+      </c>
+      <c r="H208" s="5">
+        <v>99</v>
+      </c>
+      <c r="I208" s="6"/>
+      <c r="J208" s="5">
+        <f>IF( 5000&gt;K4,K208,IF( 10000&gt;L4,L208,IF( 15000&gt;M4,M208,IF( 20000&gt;N4,N208,O208))))</f>
+      </c>
+      <c r="K208" s="0">
+        <f>D208*I208</f>
+      </c>
+      <c r="L208" s="0">
+        <f>E208*I208</f>
+      </c>
+      <c r="M208" s="0">
+        <f>F208*I208</f>
+      </c>
+      <c r="N208" s="0">
+        <f>G208*I208</f>
+      </c>
+      <c r="O208" s="0">
+        <f>H208*I208</f>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="D209" s="5">
-[...32 lines deleted...]
-      </c>
+      <c r="B209" s="1"/>
+      <c r="C209" s="1"/>
+      <c r="D209" s="1"/>
+      <c r="E209" s="1"/>
+      <c r="F209" s="1"/>
+      <c r="G209" s="1"/>
+      <c r="H209" s="1"/>
+      <c r="I209" s="1"/>
+      <c r="J209" s="1"/>
     </row>
     <row r="210" ht="45" customHeight="1" outlineLevel="1">
       <c r="A210" s="3"/>
       <c r="B210" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>411</v>
       </c>
       <c r="D210" s="5">
-        <v>10.934000015258789</v>
+        <v>8.98799991607666</v>
       </c>
       <c r="E210" s="5">
-        <v>10.934000015258789</v>
+        <v>8.98799991607666</v>
       </c>
       <c r="F210" s="5">
-        <v>9.7624998092651367</v>
+        <v>8.0249996185302734</v>
       </c>
       <c r="G210" s="5">
-        <v>9.3719997406005859</v>
+        <v>7.7039999961853027</v>
       </c>
       <c r="H210" s="5">
-        <v>8.9814996719360352</v>
+        <v>7.3829998970031738</v>
       </c>
       <c r="I210" s="6"/>
       <c r="J210" s="5">
         <f>IF( 5000&gt;K4,K210,IF( 10000&gt;L4,L210,IF( 15000&gt;M4,M210,IF( 20000&gt;N4,N210,O210))))</f>
       </c>
       <c r="K210" s="0">
         <f>D210*I210</f>
       </c>
       <c r="L210" s="0">
         <f>E210*I210</f>
       </c>
       <c r="M210" s="0">
         <f>F210*I210</f>
       </c>
       <c r="N210" s="0">
         <f>G210*I210</f>
       </c>
       <c r="O210" s="0">
         <f>H210*I210</f>
       </c>
     </row>
     <row r="211" ht="45" customHeight="1" outlineLevel="1">
       <c r="A211" s="3"/>
       <c r="B211" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>413</v>
       </c>
       <c r="D211" s="5">
-        <v>12.880000114440918</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="E211" s="5">
-        <v>12.880000114440918</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="F211" s="5">
-        <v>11.5</v>
+        <v>9.7624998092651367</v>
       </c>
       <c r="G211" s="5">
-        <v>11.039999961853027</v>
+        <v>9.3719997406005859</v>
       </c>
       <c r="H211" s="5">
-        <v>10.579999923706055</v>
+        <v>8.9814996719360352</v>
       </c>
       <c r="I211" s="6"/>
       <c r="J211" s="5">
         <f>IF( 5000&gt;K4,K211,IF( 10000&gt;L4,L211,IF( 15000&gt;M4,M211,IF( 20000&gt;N4,N211,O211))))</f>
       </c>
       <c r="K211" s="0">
         <f>D211*I211</f>
       </c>
       <c r="L211" s="0">
         <f>E211*I211</f>
       </c>
       <c r="M211" s="0">
         <f>F211*I211</f>
       </c>
       <c r="N211" s="0">
         <f>G211*I211</f>
       </c>
       <c r="O211" s="0">
         <f>H211*I211</f>
       </c>
     </row>
     <row r="212" ht="45" customHeight="1" outlineLevel="1">
       <c r="A212" s="3"/>
       <c r="B212" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>415</v>
       </c>
       <c r="D212" s="5">
-        <v>16.478000640869141</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="E212" s="5">
-        <v>16.478000640869141</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="F212" s="5">
-        <v>14.712499618530273</v>
+        <v>11.5</v>
       </c>
       <c r="G212" s="5">
-        <v>14.12399959564209</v>
+        <v>11.039999961853027</v>
       </c>
       <c r="H212" s="5">
-        <v>13.535499572753906</v>
+        <v>10.579999923706055</v>
       </c>
       <c r="I212" s="6"/>
       <c r="J212" s="5">
         <f>IF( 5000&gt;K4,K212,IF( 10000&gt;L4,L212,IF( 15000&gt;M4,M212,IF( 20000&gt;N4,N212,O212))))</f>
       </c>
       <c r="K212" s="0">
         <f>D212*I212</f>
       </c>
       <c r="L212" s="0">
         <f>E212*I212</f>
       </c>
       <c r="M212" s="0">
         <f>F212*I212</f>
       </c>
       <c r="N212" s="0">
         <f>G212*I212</f>
       </c>
       <c r="O212" s="0">
         <f>H212*I212</f>
       </c>
     </row>
     <row r="213" ht="45" customHeight="1" outlineLevel="1">
       <c r="A213" s="3"/>
       <c r="B213" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D213" s="5">
-        <v>20.52400016784668</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="E213" s="5">
-        <v>20.52400016784668</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="F213" s="5">
-        <v>18.325000762939453</v>
+        <v>14.712499618530273</v>
       </c>
       <c r="G213" s="5">
-        <v>17.591999053955078</v>
+        <v>14.12399959564209</v>
       </c>
       <c r="H213" s="5">
-        <v>16.858999252319336</v>
+        <v>13.535499572753906</v>
       </c>
       <c r="I213" s="6"/>
       <c r="J213" s="5">
         <f>IF( 5000&gt;K4,K213,IF( 10000&gt;L4,L213,IF( 15000&gt;M4,M213,IF( 20000&gt;N4,N213,O213))))</f>
       </c>
       <c r="K213" s="0">
         <f>D213*I213</f>
       </c>
       <c r="L213" s="0">
         <f>E213*I213</f>
       </c>
       <c r="M213" s="0">
         <f>F213*I213</f>
       </c>
       <c r="N213" s="0">
         <f>G213*I213</f>
       </c>
       <c r="O213" s="0">
         <f>H213*I213</f>
       </c>
     </row>
     <row r="214" ht="45" customHeight="1" outlineLevel="1">
       <c r="A214" s="3"/>
       <c r="B214" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C214" s="4" t="s">
         <v>419</v>
       </c>
       <c r="D214" s="5">
-        <v>21.191999435424805</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="E214" s="5">
-        <v>21.191999435424805</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="F214" s="5">
-        <v>19.426000595092773</v>
+        <v>18.325000762939453</v>
       </c>
       <c r="G214" s="5">
-        <v>18.542999267578125</v>
+        <v>17.591999053955078</v>
       </c>
       <c r="H214" s="5">
-        <v>17.836599349975586</v>
+        <v>16.858999252319336</v>
       </c>
       <c r="I214" s="6"/>
       <c r="J214" s="5">
         <f>IF( 5000&gt;K4,K214,IF( 10000&gt;L4,L214,IF( 15000&gt;M4,M214,IF( 20000&gt;N4,N214,O214))))</f>
       </c>
       <c r="K214" s="0">
         <f>D214*I214</f>
       </c>
       <c r="L214" s="0">
         <f>E214*I214</f>
       </c>
       <c r="M214" s="0">
         <f>F214*I214</f>
       </c>
       <c r="N214" s="0">
         <f>G214*I214</f>
       </c>
       <c r="O214" s="0">
         <f>H214*I214</f>
       </c>
     </row>
     <row r="215" ht="45" customHeight="1" outlineLevel="1">
       <c r="A215" s="3"/>
       <c r="B215" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>421</v>
       </c>
       <c r="D215" s="5">
-        <v>23.760000228881836</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="E215" s="5">
-        <v>23.760000228881836</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="F215" s="5">
-        <v>21.780000686645508</v>
+        <v>19.426000595092773</v>
       </c>
       <c r="G215" s="5">
-        <v>20.790000915527344</v>
+        <v>18.542999267578125</v>
       </c>
       <c r="H215" s="5">
-        <v>19.99799919128418</v>
+        <v>17.836599349975586</v>
       </c>
       <c r="I215" s="6"/>
       <c r="J215" s="5">
         <f>IF( 5000&gt;K4,K215,IF( 10000&gt;L4,L215,IF( 15000&gt;M4,M215,IF( 20000&gt;N4,N215,O215))))</f>
       </c>
       <c r="K215" s="0">
         <f>D215*I215</f>
       </c>
       <c r="L215" s="0">
         <f>E215*I215</f>
       </c>
       <c r="M215" s="0">
         <f>F215*I215</f>
       </c>
       <c r="N215" s="0">
         <f>G215*I215</f>
       </c>
       <c r="O215" s="0">
         <f>H215*I215</f>
       </c>
     </row>
     <row r="216" ht="45" customHeight="1" outlineLevel="1">
       <c r="A216" s="3"/>
       <c r="B216" s="2" t="s">
         <v>422</v>
@@ -24260,63 +24261,63 @@
       <c r="K251" s="0">
         <f>D251*I251</f>
       </c>
       <c r="L251" s="0">
         <f>E251*I251</f>
       </c>
       <c r="M251" s="0">
         <f>F251*I251</f>
       </c>
       <c r="N251" s="0">
         <f>G251*I251</f>
       </c>
       <c r="O251" s="0">
         <f>H251*I251</f>
       </c>
     </row>
     <row r="252" ht="45" customHeight="1" outlineLevel="1">
       <c r="A252" s="3"/>
       <c r="B252" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>493</v>
       </c>
       <c r="D252" s="5">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="E252" s="5">
-        <v>8.5</v>
+        <v>8</v>
       </c>
       <c r="F252" s="5">
-        <v>7.1999998092651367</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="G252" s="5">
-        <v>6.1999998092651367</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="H252" s="5">
-        <v>5.1999998092651367</v>
+        <v>5</v>
       </c>
       <c r="I252" s="6"/>
       <c r="J252" s="5">
         <f>IF( 5000&gt;K4,K252,IF( 10000&gt;L4,L252,IF( 15000&gt;M4,M252,IF( 20000&gt;N4,N252,O252))))</f>
       </c>
       <c r="K252" s="0">
         <f>D252*I252</f>
       </c>
       <c r="L252" s="0">
         <f>E252*I252</f>
       </c>
       <c r="M252" s="0">
         <f>F252*I252</f>
       </c>
       <c r="N252" s="0">
         <f>G252*I252</f>
       </c>
       <c r="O252" s="0">
         <f>H252*I252</f>
       </c>
     </row>
     <row r="253" ht="45" customHeight="1" outlineLevel="1">
       <c r="A253" s="3"/>
       <c r="B253" s="2" t="s">
         <v>494</v>
@@ -25349,63 +25350,63 @@
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="s">
         <v>542</v>
       </c>
       <c r="B277" s="1"/>
       <c r="C277" s="1"/>
       <c r="D277" s="1"/>
       <c r="E277" s="1"/>
       <c r="F277" s="1"/>
       <c r="G277" s="1"/>
       <c r="H277" s="1"/>
       <c r="I277" s="1"/>
       <c r="J277" s="1"/>
     </row>
     <row r="278" ht="45" customHeight="1" outlineLevel="1">
       <c r="A278" s="3"/>
       <c r="B278" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C278" s="4" t="s">
         <v>544</v>
       </c>
       <c r="D278" s="5">
-        <v>0.73600000143051147</v>
+        <v>0.68800002336502075</v>
       </c>
       <c r="E278" s="5">
-        <v>0.73600000143051147</v>
+        <v>0.68800002336502075</v>
       </c>
       <c r="F278" s="5">
-        <v>0.68999999761581421</v>
+        <v>0.64499998092651367</v>
       </c>
       <c r="G278" s="5">
-        <v>0.66699999570846558</v>
+        <v>0.62349998950958252</v>
       </c>
       <c r="H278" s="5">
-        <v>0.64399999380111694</v>
+        <v>0.60199999809265137</v>
       </c>
       <c r="I278" s="6"/>
       <c r="J278" s="5">
         <f>IF( 5000&gt;K4,K278,IF( 10000&gt;L4,L278,IF( 15000&gt;M4,M278,IF( 20000&gt;N4,N278,O278))))</f>
       </c>
       <c r="K278" s="0">
         <f>D278*I278</f>
       </c>
       <c r="L278" s="0">
         <f>E278*I278</f>
       </c>
       <c r="M278" s="0">
         <f>F278*I278</f>
       </c>
       <c r="N278" s="0">
         <f>G278*I278</f>
       </c>
       <c r="O278" s="0">
         <f>H278*I278</f>
       </c>
     </row>
     <row r="279" ht="45" customHeight="1" outlineLevel="1">
       <c r="A279" s="3"/>
       <c r="B279" s="2" t="s">
         <v>545</v>
@@ -27008,87 +27009,87 @@
     <hyperlink ref="C143" r:id="rId136"/>
     <hyperlink ref="C145" r:id="rId137"/>
     <hyperlink ref="C146" r:id="rId138"/>
     <hyperlink ref="C147" r:id="rId139"/>
     <hyperlink ref="C148" r:id="rId140"/>
     <hyperlink ref="C149" r:id="rId141"/>
     <hyperlink ref="C150" r:id="rId142"/>
     <hyperlink ref="C152" r:id="rId143"/>
     <hyperlink ref="C153" r:id="rId144"/>
     <hyperlink ref="C154" r:id="rId145"/>
     <hyperlink ref="C155" r:id="rId146"/>
     <hyperlink ref="C156" r:id="rId147"/>
     <hyperlink ref="C157" r:id="rId148"/>
     <hyperlink ref="C158" r:id="rId149"/>
     <hyperlink ref="C159" r:id="rId150"/>
     <hyperlink ref="C160" r:id="rId151"/>
     <hyperlink ref="C161" r:id="rId152"/>
     <hyperlink ref="C162" r:id="rId153"/>
     <hyperlink ref="C163" r:id="rId154"/>
     <hyperlink ref="C164" r:id="rId155"/>
     <hyperlink ref="C165" r:id="rId156"/>
     <hyperlink ref="C166" r:id="rId157"/>
     <hyperlink ref="C167" r:id="rId158"/>
     <hyperlink ref="C168" r:id="rId159"/>
     <hyperlink ref="C169" r:id="rId160"/>
-    <hyperlink ref="C171" r:id="rId161"/>
+    <hyperlink ref="C170" r:id="rId161"/>
     <hyperlink ref="C172" r:id="rId162"/>
     <hyperlink ref="C173" r:id="rId163"/>
     <hyperlink ref="C174" r:id="rId164"/>
     <hyperlink ref="C175" r:id="rId165"/>
     <hyperlink ref="C176" r:id="rId166"/>
     <hyperlink ref="C177" r:id="rId167"/>
     <hyperlink ref="C178" r:id="rId168"/>
     <hyperlink ref="C179" r:id="rId169"/>
     <hyperlink ref="C180" r:id="rId170"/>
     <hyperlink ref="C181" r:id="rId171"/>
     <hyperlink ref="C182" r:id="rId172"/>
     <hyperlink ref="C183" r:id="rId173"/>
     <hyperlink ref="C184" r:id="rId174"/>
     <hyperlink ref="C185" r:id="rId175"/>
     <hyperlink ref="C186" r:id="rId176"/>
     <hyperlink ref="C187" r:id="rId177"/>
-    <hyperlink ref="C189" r:id="rId178"/>
+    <hyperlink ref="C188" r:id="rId178"/>
     <hyperlink ref="C190" r:id="rId179"/>
     <hyperlink ref="C191" r:id="rId180"/>
     <hyperlink ref="C192" r:id="rId181"/>
     <hyperlink ref="C193" r:id="rId182"/>
     <hyperlink ref="C194" r:id="rId183"/>
     <hyperlink ref="C195" r:id="rId184"/>
     <hyperlink ref="C196" r:id="rId185"/>
     <hyperlink ref="C197" r:id="rId186"/>
     <hyperlink ref="C198" r:id="rId187"/>
     <hyperlink ref="C199" r:id="rId188"/>
     <hyperlink ref="C200" r:id="rId189"/>
     <hyperlink ref="C201" r:id="rId190"/>
     <hyperlink ref="C202" r:id="rId191"/>
     <hyperlink ref="C203" r:id="rId192"/>
     <hyperlink ref="C204" r:id="rId193"/>
     <hyperlink ref="C205" r:id="rId194"/>
     <hyperlink ref="C206" r:id="rId195"/>
     <hyperlink ref="C207" r:id="rId196"/>
-    <hyperlink ref="C209" r:id="rId197"/>
+    <hyperlink ref="C208" r:id="rId197"/>
     <hyperlink ref="C210" r:id="rId198"/>
     <hyperlink ref="C211" r:id="rId199"/>
     <hyperlink ref="C212" r:id="rId200"/>
     <hyperlink ref="C213" r:id="rId201"/>
     <hyperlink ref="C214" r:id="rId202"/>
     <hyperlink ref="C215" r:id="rId203"/>
     <hyperlink ref="C216" r:id="rId204"/>
     <hyperlink ref="C217" r:id="rId205"/>
     <hyperlink ref="C218" r:id="rId206"/>
     <hyperlink ref="C219" r:id="rId207"/>
     <hyperlink ref="C221" r:id="rId208"/>
     <hyperlink ref="C222" r:id="rId209"/>
     <hyperlink ref="C223" r:id="rId210"/>
     <hyperlink ref="C224" r:id="rId211"/>
     <hyperlink ref="C225" r:id="rId212"/>
     <hyperlink ref="C226" r:id="rId213"/>
     <hyperlink ref="C227" r:id="rId214"/>
     <hyperlink ref="C228" r:id="rId215"/>
     <hyperlink ref="C229" r:id="rId216"/>
     <hyperlink ref="C230" r:id="rId217"/>
     <hyperlink ref="C231" r:id="rId218"/>
     <hyperlink ref="C232" r:id="rId219"/>
     <hyperlink ref="C233" r:id="rId220"/>
     <hyperlink ref="C234" r:id="rId221"/>
     <hyperlink ref="C235" r:id="rId222"/>
@@ -27146,33 +27147,33 @@
     <hyperlink ref="C290" r:id="rId274"/>
     <hyperlink ref="C292" r:id="rId275"/>
     <hyperlink ref="C293" r:id="rId276"/>
     <hyperlink ref="C294" r:id="rId277"/>
     <hyperlink ref="C295" r:id="rId278"/>
     <hyperlink ref="C296" r:id="rId279"/>
     <hyperlink ref="C297" r:id="rId280"/>
     <hyperlink ref="C298" r:id="rId281"/>
     <hyperlink ref="C299" r:id="rId282"/>
     <hyperlink ref="C300" r:id="rId283"/>
     <hyperlink ref="C301" r:id="rId284"/>
     <hyperlink ref="C302" r:id="rId285"/>
     <hyperlink ref="C303" r:id="rId286"/>
     <hyperlink ref="C304" r:id="rId287"/>
     <hyperlink ref="C305" r:id="rId288"/>
     <hyperlink ref="C306" r:id="rId289"/>
     <hyperlink ref="C307" r:id="rId290"/>
     <hyperlink ref="C308" r:id="rId291"/>
     <hyperlink ref="C309" r:id="rId292"/>
     <hyperlink ref="C310" r:id="rId293"/>
     <hyperlink ref="C312" r:id="rId294"/>
     <hyperlink ref="C313" r:id="rId295"/>
     <hyperlink ref="C314" r:id="rId296"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 21.11.2025 12:41</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 21.11.2025 12:41</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 05.01.2026 18:00</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 05.01.2026 18:00</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 05.01.2026 18:00</firstHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>