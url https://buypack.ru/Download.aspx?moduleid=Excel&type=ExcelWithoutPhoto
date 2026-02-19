--- v2 (2026-01-05)
+++ v3 (2026-02-19)
@@ -269,51 +269,51 @@
   <authors>
     <d:author xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">https://buypack.ru</d:author>
   </authors>
   <commentList>
     <comment ref="D6" authorId="0">
       <text>
         <d:r xmlns:d="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
           <rPr>
             <sz val="11"/>
             <rFont val="Calibri"/>
           </rPr>
           <t xml:space="preserve">Рекомендуемая розничная цена</t>
         </d:r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="614" uniqueCount="614">
   <si>
     <t>Прайс сформирован:</t>
   </si>
   <si>
-    <t>05.01.2026 18:00</t>
+    <t>19.02.2026 17:42</t>
   </si>
   <si>
     <t>Заказ</t>
   </si>
   <si>
     <t>Итого:</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Код</t>
   </si>
   <si>
     <t>Наименование товара</t>
   </si>
   <si>
     <t>РРЦ</t>
   </si>
   <si>
     <t>Опт 1</t>
   </si>
   <si>
     <t>Опт 2</t>
   </si>
@@ -434,129 +434,129 @@
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 110х210+40мм, 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70115</t>
   </si>
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 400х500+40мм, 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70116</t>
   </si>
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 360х500+40мм, 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70117</t>
   </si>
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 300х400+40мм, 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70118</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 150x200+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 150x200+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70119</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 200x200+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 200x200+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70120</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 200x350+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 200x350+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70121</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 220x300+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 220x300+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70122</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 250x250+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 250x250+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70123</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 250x300+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 250x300+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70124</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 250x350+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 250x350+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70125</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 300x350+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 300x350+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70126</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 300x410+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 300x410+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70127</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 300x450+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 300x450+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70128</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 350x500+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 350x500+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70129</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 400x600+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 400x600+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70130</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 500x600+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 500x600+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70131</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 500x650+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 500x650+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70193</t>
   </si>
   <si>
     <t>Курьерский пакет 100х150+40мм, без кармана 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70225</t>
   </si>
   <si>
     <t>Курьерский пакет 430х500+40мм, без кармана 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70307</t>
   </si>
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 100х150+40мм, 50 мкм (100 шт)</t>
   </si>
   <si>
     <t>70308</t>
   </si>
   <si>
     <t>ПРОЗРАЧНЫЙ курьерский пакет 430х500+40мм, 50 мкм (100 шт)</t>
   </si>
@@ -1469,56 +1469,50 @@
   <si>
     <t>70110</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 100х60, 500 этикеток в ролике</t>
   </si>
   <si>
     <t>70111</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 100х50, 500 этикеток в ролике</t>
   </si>
   <si>
     <t>70112</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 100х80, 500 этикеток в ролике</t>
   </si>
   <si>
     <t>70113</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 100х100, 500 этикеток в ролике</t>
   </si>
   <si>
-    <t>70114</t>
-[...4 lines deleted...]
-  <si>
     <t>70185</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 75х120, 250 этикеток в ролике (Этикетки для Ozon)</t>
   </si>
   <si>
     <t>70215</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 100х150, 500 этикеток в ролике</t>
   </si>
   <si>
     <t>70389</t>
   </si>
   <si>
     <t>Термоэтикетки ЭКО 58х90, 300 этикеток в ролике</t>
   </si>
   <si>
     <t>Пакеты с воздушной прослойкой</t>
   </si>
   <si>
     <t>70060</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак A/000 110х160 белый</t>
@@ -1550,56 +1544,50 @@
   <si>
     <t>70065</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак F/3 220х330 белый</t>
   </si>
   <si>
     <t>70067</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак H/5 270х360 белый</t>
   </si>
   <si>
     <t>70068</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак J/6 300х440 белый</t>
   </si>
   <si>
     <t>70069</t>
   </si>
   <si>
     <t>Пакет с воздушной прослойкой аэропак K/7 350х470 белый</t>
   </si>
   <si>
-    <t>70070</t>
-[...4 lines deleted...]
-  <si>
     <t>Пакеты с замком Zip-Lock</t>
   </si>
   <si>
     <t>70094</t>
   </si>
   <si>
     <t>Пакет Zip Lock (зиплок) с бегунком / 15х20 / 60 мкм / матовый</t>
   </si>
   <si>
     <t>70095</t>
   </si>
   <si>
     <t>Пакет Zip Lock (зиплок) с бегунком / 20х10 / 60 мкм / матовый</t>
   </si>
   <si>
     <t>70096</t>
   </si>
   <si>
     <t>Пакет Zip Lock (зиплок) с бегунком / 20х25 / 60 мкм / матовый</t>
   </si>
   <si>
     <t>70097</t>
   </si>
   <si>
     <t>Пакет Zip Lock (зиплок) с бегунком / 20х30 / 60 мкм / матовый</t>
@@ -1898,57 +1886,69 @@
   <si>
     <t>70465</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 70x70x40 мм, короб из микрогофрокартона Т11</t>
   </si>
   <si>
     <t>70472</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 220x165x100 мм короб из гофрокартона Т22</t>
   </si>
   <si>
     <t>70496</t>
   </si>
   <si>
     <t>Самосборная картонная коробка 170x70x40 мм короб из гофрокартона Т11</t>
   </si>
   <si>
     <t>Полипропиленовые пакеты с клапаном и скотчем</t>
   </si>
   <si>
     <t>70230</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 100x150+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 100x150+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>70236</t>
   </si>
   <si>
-    <t>Полипропиленовый пакет с клеевым клапаном 200x250+50мм 30мкм (1000 шт)</t>
+    <t>Полипропиленовый пакет с клеевым клапаном 200x250+50мм 25-30мкм (1000 шт)</t>
+  </si>
+  <si>
+    <t>70712</t>
+  </si>
+  <si>
+    <t>Полипропиленовый пакет с клеевым клапаном 150x150+50мм 25-30мкм (1000 шт)</t>
+  </si>
+  <si>
+    <t>70713</t>
+  </si>
+  <si>
+    <t>Полипропиленовый пакет с клеевым клапаном 200x300+50мм 25-30мкм (1000 шт)</t>
   </si>
   <si>
     <t>Пленка упаковочная (рукав)</t>
   </si>
   <si>
     <t>70244</t>
   </si>
   <si>
     <t>Рукав ПВД 20см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70245</t>
   </si>
   <si>
     <t>Рукав ПВД 25см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70246</t>
   </si>
   <si>
     <t>Рукав ПВД 30см прозрачный 80мкм 10кг</t>
   </si>
   <si>
     <t>70247</t>
   </si>
@@ -2207,51 +2207,51 @@
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="3" applyFont="1" fillId="3" applyFill="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1540_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1545_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1534_xsmall.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1533_xsmall.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1535_xsmall.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411_xsmall.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1412_xsmall.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1413_xsmall.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414_xsmall.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1415_xsmall.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416_xsmall.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1417_xsmall.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1418_xsmall.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1419_xsmall.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1420_xsmall.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1421_xsmall.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1422_xsmall.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1423_xsmall.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1424_xsmall.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425_xsmall.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426_xsmall.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1445_xsmall.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1446_xsmall.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1447_xsmall.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1536_xsmall.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538_xsmall.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537_xsmall.jpg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1501_xsmall.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1502_xsmall.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1503_xsmall.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1504_xsmall.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1505_xsmall.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1506_xsmall.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1507_xsmall.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1508_xsmall.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1509_xsmall.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1510_xsmall.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511_xsmall.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1215_xsmall.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1340_xsmall.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1512_xsmall.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1513_xsmall.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1514_xsmall.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1515_xsmall.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1516_xsmall.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1517_xsmall.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1518_xsmall.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1519_xsmall.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1520_xsmall.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1521_xsmall.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1522_xsmall.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1523_xsmall.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1524_xsmall.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1525_xsmall.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1526_xsmall.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1469_xsmall.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1470_xsmall.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1471_xsmall.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1472_xsmall.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1473_xsmall.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1474_xsmall.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1475_xsmall.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1476_xsmall.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1477_xsmall.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1354_xsmall.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1355_xsmall.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1356_xsmall.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1357_xsmall.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1358_xsmall.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1359_xsmall.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1360_xsmall.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1361_xsmall.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1399_xsmall.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1400_xsmall.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1441_xsmall.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1410_xsmall.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1478_xsmall.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1460_xsmall.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1463_xsmall.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1293_xsmall.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1294_xsmall.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1295_xsmall.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1296_xsmall.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297_xsmall.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1298_xsmall.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1299_xsmall.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1300_xsmall.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1301_xsmall.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1302_xsmall.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1303_xsmall.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304_xsmall.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1305_xsmall.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1306_xsmall.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1307_xsmall.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1308_xsmall.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1309_xsmall.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1310_xsmall.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311_xsmall.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1371_xsmall.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372_xsmall.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1373_xsmall.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1374_xsmall.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1375_xsmall.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1376_xsmall.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1377_xsmall.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1378_xsmall.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1379_xsmall.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1380_xsmall.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1381_xsmall.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1382_xsmall.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1383_xsmall.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1449_xsmall.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1407_xsmall.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1427_xsmall.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1428_xsmall.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429_xsmall.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1431_xsmall.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1432_xsmall.jpg"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1433_xsmall.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1442_xsmall.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1435_xsmall.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1436_xsmall.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1437_xsmall.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1438_xsmall.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1531_xsmall.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1532_xsmall.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1448_xsmall.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1444_xsmall.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1450_xsmall.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1454_xsmall.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1455_xsmall.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1456_xsmall.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1457_xsmall.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1467_xsmall.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1540_xsmall.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1199_xsmall.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1200_xsmall.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1201_xsmall.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1190_xsmall.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1193_xsmall.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1194_xsmall.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1195_xsmall.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1197_xsmall.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1198_xsmall.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1392_xsmall.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1393_xsmall.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1394_xsmall.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1395_xsmall.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1396_xsmall.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1397_xsmall.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1452_xsmall.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1453_xsmall.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1527_xsmall.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1543_xsmall.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1545_xsmall.jpg"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217_xsmall.jpg"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1218_xsmall.jpg"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1219_xsmall.jpg"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1220_xsmall.jpg"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1221_xsmall.jpg"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1222_xsmall.jpg"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1223_xsmall.jpg"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1224_xsmall.jpg"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1225_xsmall.jpg"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1226_xsmall.jpg"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1227_xsmall.jpg"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1228_xsmall.jpg"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1229_xsmall.jpg"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1230_xsmall.jpg"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1401_xsmall.jpg"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1402_xsmall.jpg"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1403_xsmall.jpg"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1240_xsmall.jpg"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1241_xsmall.jpg"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1242_xsmall.jpg"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1244_xsmall.jpg"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248_xsmall.jpg"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1249_xsmall.jpg"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1316_xsmall.jpg"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1317_xsmall.jpg"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1318_xsmall.jpg"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1319_xsmall.jpg"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1320_xsmall.jpg"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1321_xsmall.jpg"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1322_xsmall.jpg"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1323_xsmall.jpg"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1324_xsmall.jpg"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1325_xsmall.jpg"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1326_xsmall.jpg"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1384_xsmall.jpg"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1385_xsmall.jpg"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1387_xsmall.jpg"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1386_xsmall.jpg"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1483_xsmall.jpg"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1484_xsmall.jpg"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1485_xsmall.jpg"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1486_xsmall.jpg"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1487_xsmall.jpg"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1488_xsmall.jpg"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1489_xsmall.jpg"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1490_xsmall.jpg"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1491_xsmall.jpg"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1492_xsmall.jpg"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1493_xsmall.jpg"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1494_xsmall.jpg"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1327_xsmall.jpg"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1328_xsmall.jpg"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1329_xsmall.jpg"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1362_xsmall.jpg"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1363_xsmall.jpg"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1364_xsmall.jpg"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1365_xsmall.jpg"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1366_xsmall.jpg"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1367_xsmall.jpg"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1368_xsmall.jpg"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1369_xsmall.jpg"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1370_xsmall.jpg"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1534_xsmall.jpg"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1389_xsmall.jpg"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1390_xsmall.jpg"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391_xsmall.jpg"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1405_xsmall.jpg"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462_xsmall.jpg"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1458_xsmall.jpg"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1464_xsmall.jpg"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1466_xsmall.jpg"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1468_xsmall.jpg"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1533_xsmall.jpg"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1481_xsmall.jpg"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1496_xsmall.jpg"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1530_xsmall.jpg"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1528_xsmall.jpg"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1535_xsmall.jpg"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186_xsmall.jpg"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x150-plus50mm-25-30mkm-1000-sht" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x300-plus50mm-25-30mkm-1000-sht" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1451_xsmall.jpg"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1500_xsmall.jpg"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1411_xsmall.jpg"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1412_xsmall.jpg"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1413_xsmall.jpg"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1414_xsmall.jpg"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1415_xsmall.jpg"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1416_xsmall.jpg"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1417_xsmall.jpg"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1418_xsmall.jpg"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1419_xsmall.jpg"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1420_xsmall.jpg"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1421_xsmall.jpg"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1422_xsmall.jpg"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1423_xsmall.jpg"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1424_xsmall.jpg"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425_xsmall.jpg"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1426_xsmall.jpg"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1445_xsmall.jpg"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1446_xsmall.jpg"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1447_xsmall.jpg"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1536_xsmall.jpg"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1538_xsmall.jpg"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537_xsmall.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="0" descr="" name="pic9">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
@@ -9835,51 +9835,51 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>204</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="190" descr="" name="pic205">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId341"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId322" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>205</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
@@ -9936,2750 +9936,2750 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>207</xdr:row>
-[...4 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>208</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...2 lines deleted...]
-        <xdr:cNvPr id="193" descr="" name="pic208">
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>209</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="193" descr="" name="pic209">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId344"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId329" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>209</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="194" descr="" name="pic210">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId345"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId346"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>210</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="195" descr="" name="pic211">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId347"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>211</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="196" descr="" name="pic212">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId348"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>212</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="197" descr="" name="pic213">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId349"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>213</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="198" descr="" name="pic214">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId350"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>214</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="199" descr="" name="pic215">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId351"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>215</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="200" descr="" name="pic216">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId352"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>216</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>217</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="201" descr="" name="pic217">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId353"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
-[...25 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId345" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>218</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...2 lines deleted...]
-        <xdr:cNvPr id="202" descr="" name="pic218">
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>219</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="202" descr="" name="pic219">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId354"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId346" cstate="print"/>
-[...25 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId355" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>219</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...30 lines deleted...]
-      <xdr:colOff>0</xdr:colOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>220</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="203" descr="" name="pic220">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId356"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>220</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="204" descr="" name="pic221">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId356"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId357" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId358"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>221</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="205" descr="" name="pic222">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId358"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId359" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId360"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>222</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="206" descr="" name="pic223">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId360"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId361" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId362"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>223</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="207" descr="" name="pic224">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId362"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId363" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId364"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>224</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="208" descr="" name="pic225">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId364"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId365" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId366"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>225</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="209" descr="" name="pic226">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId366"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId367" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId368"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>226</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="210" descr="" name="pic227">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId368"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId369" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId370"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>227</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="211" descr="" name="pic228">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId370"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId371" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId372"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>228</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="212" descr="" name="pic229">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId372"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId373" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId374"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>229</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="213" descr="" name="pic230">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId374"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId375" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId376"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>230</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="214" descr="" name="pic231">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId376"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId377" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId378"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>231</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="215" descr="" name="pic232">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId378"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId379" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId380"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>232</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="216" descr="" name="pic233">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId380"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId381" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId382"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>233</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="217" descr="" name="pic234">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId382"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId383" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId384"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>234</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="218" descr="" name="pic235">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId384"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId385" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId386"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>235</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="219" descr="" name="pic236">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId386"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId387" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId388"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>236</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="220" descr="" name="pic237">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId388"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId389" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId390"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>237</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="221" descr="" name="pic238">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId390"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId391" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId392"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>238</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="222" descr="" name="pic239">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId392"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId393" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId394"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>239</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="223" descr="" name="pic240">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId394"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId395" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId396"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>240</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="224" descr="" name="pic241">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId396"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId397" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId398"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>241</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="225" descr="" name="pic242">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId398"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId399" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId400"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>242</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="226" descr="" name="pic243">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId400"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId401" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId402"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="227" descr="" name="pic244">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId402"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId403" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId404"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId405" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>244</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>245</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="228" descr="" name="pic245">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId404"/>
-[...32 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId406"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId407" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>246</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...32 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>247</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="230" descr="" name="pic247">
+        <xdr:cNvPr id="229" descr="" name="pic247">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId408"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId409" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>247</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>248</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="230" descr="" name="pic248">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId410"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>248</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="231" descr="" name="pic249">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId410"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId411" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId412"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>249</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="232" descr="" name="pic250">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId412"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId413" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId414"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>250</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="233" descr="" name="pic251">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId414"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId415" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId416"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>251</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="234" descr="" name="pic252">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId416"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId417" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId418"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>252</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="235" descr="" name="pic253">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId418"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId419" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId420"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>253</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="236" descr="" name="pic254">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId420"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId421" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId422"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>254</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="237" descr="" name="pic255">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId422"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId423" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId424"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>255</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="238" descr="" name="pic256">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId424"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId425" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId426"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>256</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="239" descr="" name="pic257">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId426"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId427" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId428"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>257</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="240" descr="" name="pic258">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId428"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId429" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId430"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>258</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="241" descr="" name="pic259">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId430"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId431" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId432"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>259</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="242" descr="" name="pic260">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId432"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId433" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId434"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>260</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="243" descr="" name="pic261">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId434"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId435" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId436"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>261</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="244" descr="" name="pic262">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId436"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId437" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId438"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>262</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="245" descr="" name="pic263">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId438"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId439" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId440"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>263</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="246" descr="" name="pic264">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId440"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId441" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId442"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>264</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="247" descr="" name="pic265">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId442"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId443" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId444"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>265</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="248" descr="" name="pic266">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId444"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId445" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId446"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>266</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="249" descr="" name="pic267">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId446"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId447" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId448"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>267</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="250" descr="" name="pic268">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId448"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId449" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId450"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>268</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="251" descr="" name="pic269">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId450"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId451" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId452"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>269</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="252" descr="" name="pic270">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId452"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId453" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId454"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>270</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="253" descr="" name="pic271">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId454"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId455" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId456"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>271</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="254" descr="" name="pic272">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId456"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId457" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId458"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>272</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="255" descr="" name="pic273">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId458"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId459" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId460"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId461" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>273</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>274</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="256" descr="" name="pic274">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId460"/>
-[...32 lines deleted...]
-      <xdr:colOff>571500</xdr:colOff>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId462"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId463" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>275</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
-    </xdr:to>
-[...32 lines deleted...]
-      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>276</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="258" descr="" name="pic276">
+        <xdr:cNvPr id="257" descr="" name="pic276">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId464"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId465" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
+      <xdr:row>276</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
       <xdr:row>277</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="258" descr="" name="pic277">
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId466"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="twoCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>277</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="259" descr="" name="pic278">
-          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId466"/>
-[...6 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId467" cstate="print"/>
+          <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId467"/>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId465" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>278</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>279</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="260" descr="" name="pic279">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId468"/>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId465" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="twoCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>280</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
@@ -13935,51 +13935,51 @@
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId524" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h72-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-cd-150h190-belyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-300h400-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-240h320-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-110h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-150h210-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-170h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-190h240-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-340h460-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-360h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-400h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-500h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-600h600-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-240h320-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-340h460-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-190h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-170h240-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-150h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-110h210-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-400h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-360h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-300h400-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x200-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-220x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x300-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-250x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x350-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x410-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-300x450-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-350x500-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-400x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x600-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-500x650-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-100h150-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-430h500-plus40mm-bez-karmana-50-mkm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-100h150-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-430h500-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-500h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-prozrachnyj-600h600-plus40mm-50-mkm" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-100h150-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-110h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-150h210-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-170h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-190h240-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-240h320-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/kurerskij-paket-ycase-300h400-plus40mm-bez-karmana-40-mkm-100-sht" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-50h60-sm" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h10-sm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h15-sm" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h20-sm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h20-sm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h30-sm" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-30h40-sm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-40h40-sm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-50h50-sm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h25-sm" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-20h25-sm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-25h30-sm" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-trehslojnyj-10h15-sm" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h25-sm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/pod-zakaz-paket-iz-vozdushno-puzyrchatoj-plenki-s-kleevym-klapanom-trehslojnyj-15h30-sm" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x300-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x200-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x500-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x400-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x400x200-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-t24-v-buryj" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x500x250-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x250-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x200x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-120x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110x110x100-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-500x300x300-mm-gofrokarton-t23-v-buryj" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x150x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x120x120-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p32-vs-buryj" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x120x80-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x200x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x50-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-400x300x150-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x400-mm-gofrokarton-p33-buryj" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-600x400x100-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-350x350x350-mm-gofrokarton-t23-buryj" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-200x150x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-250x250x150-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-300x300x200-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-150x150x50-mm-gofrokarton-t22-buryj" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-100x100x100-mm-gofrokarton-t22-v-buryj" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/korobka-kartonnaya-110h110h110-mm-gofrokarton-t22-s-buryj" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-2kg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-prozrachnaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-belaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/stretch-plenka-chernaya-pervichnaya-500mm-20mk-netto-3kg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-48mm-x-150m-45mk" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-prozrachnaya-skotch-prozrachnyj-72mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-48mm-x-100m-45mk" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-korichnevaya-skotch-korichnevyj-100m-x-72mm-45mk" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-malyarnaya-skotch-malyarnyj-48mm-x-37m-125mk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-dvuhstoronnyaya-38mm-x-10m-180mk" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-krasnaya-skotch-krasnyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zheltaya-skotch-zheltyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-sinyaya-skotch-sinij-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-zelenaya-skotch-zelenyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-chernaya-skotch-chernyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-ostorozhno-hrupkoe-skotch-ostorozhno-hrupkoe-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-oranzhevaya-skotch-oranzhevyj-48mm-x-50m-43mk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-podarok-skotch-podarok-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/klejkaya-lenta-belaya-skotch-belyj-48mm-x-50m-45mk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh100m" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-12mh50m" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-04mh50m" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh100m" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-15mh50m" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh50m" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-03mh50m" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-06mh50m" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-trehslojnaya-05mh100m" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/vozdushno-puzyrchataya-plenka-basic-new-dvuhslojnaya-075mh50m" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h70-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-30h20-2000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-43h25-1000-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h30-900-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h90-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h40-700-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-300-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-40h30-1000-jetiketok-v-rolike-jetiketki-dlya-wildberries" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-58h80-300-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h60-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h50-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h80-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h100-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-75h120-250-jetiketok-v-rolike-jetiketki-dlya-ozon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/termojetiketki-jeko-100h150-500-jetiketok-v-rolike" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-a-000-110h160-belyj" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-b-00-120h210-belyj" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-c-0-150h210-belyj" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-d-1-180h260-belyj" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-e-2-220h260-belyj" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-f-3-220h330-belyj" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-h-5-270h360-belyj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-j-6-300h440-belyj" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-s-vozdushnoj-proslojkoj-ajeropak-k-7-350h470-belyj" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h35-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h10-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-matovyj" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-10h15-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-15h20-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-20h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h25-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h30-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-25h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h35-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-30h40-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-35h45-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-40h50-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-ziplok-s-begunkom-50h70-60-mkm-prozrachnyj" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-185x95x20-mm-korob-iz-mikrogofrokartona-t12-s-pechatyu-zaschitnoe-steklo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x90x25-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x100x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-100x90x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-110x110x110-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x130x70-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-150x150x50-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-180x100x100-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x50-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-265x165x50-mm-tip-e-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x200x70-mm-korob-iz-mikrogofrokartona-t22" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-210x70x45-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-240x70x70-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x214x115-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-300x200x100-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-pochtovaya-kartonnaya-korobka-170x120x100-mm-tip-zh-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-200x100x100-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x80-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-265x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x60-mm-korob-iz-belogo-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-130x90x40-mm-korob-iz-mikrogofrokartona-t12" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-80x80x30-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-70x70x40-mm-korob-iz-mikrogofrokartona-t11" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-220x165x100-mm-korob-iz-gofrokartona-t22" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/samosbornaya-kartonnaya-korobka-170x70x40-mm-korob-iz-gofrokartona-t11" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-100x150-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x250-plus50mm-30mkm" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-150x150-plus50mm-25-30mkm-1000-sht" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/polipropilenovyj-paket-s-kleevym-klapanom-200x300-plus50mm-25-30mkm-1000-sht" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-20sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-25sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-30sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-35sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-40sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-50sm-prozrachnyj-80mkm-10kg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-60sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-70sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-80sm-prozrachnyj-100mkm-10kg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/rukav-pvd-150sm-prozrachnyj-100mkm-25kg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-60h80-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-70h100-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h150-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-40h60-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-50h70-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-100h100-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-120h180-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h200-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-150h220-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-180h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h250-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-200h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h300-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-250h350-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-300h400-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-80h120-mm-23-26-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-350h450-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/paket-zip-lock-s-zaschelkoj-gripper-400h500-mm-28-35-mkm-100-sht-up" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-belye-52-g-10-klass" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-chernye-60-g-75-klass" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buypack.ru/products/perchatki-vyazanye-hb-s-pvh-tochkoj-serye-60-g-75-klass" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
   </sheetPr>
   <dimension ref="A1:O314"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="4" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
     <col min="5" max="5" width="9" customWidth="1"/>
     <col min="6" max="6" width="9" customWidth="1"/>
     <col min="7" max="7" width="9" customWidth="1"/>
     <col min="8" max="8" width="9" customWidth="1"/>
     <col min="9" max="9" width="9" customWidth="1"/>
@@ -14933,622 +14933,622 @@
       <c r="K28" s="0">
         <f>D28*I28</f>
       </c>
       <c r="L28" s="0">
         <f>E28*I28</f>
       </c>
       <c r="M28" s="0">
         <f>F28*I28</f>
       </c>
       <c r="N28" s="0">
         <f>G28*I28</f>
       </c>
       <c r="O28" s="0">
         <f>H28*I28</f>
       </c>
     </row>
     <row r="29" ht="45" customHeight="1" outlineLevel="1">
       <c r="A29" s="3"/>
       <c r="B29" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>56</v>
       </c>
       <c r="D29" s="5">
-        <v>0.92799997329711914</v>
+        <v>0.87999999523162842</v>
       </c>
       <c r="E29" s="5">
-        <v>0.92799997329711914</v>
+        <v>0.87999999523162842</v>
       </c>
       <c r="F29" s="5">
-        <v>0.87000000476837158</v>
+        <v>0.824999988079071</v>
       </c>
       <c r="G29" s="5">
-        <v>0.8410000205039978</v>
+        <v>0.79750001430511475</v>
       </c>
       <c r="H29" s="5">
-        <v>0.81199997663497925</v>
+        <v>0.76999998092651367</v>
       </c>
       <c r="I29" s="6"/>
       <c r="J29" s="5">
         <f>IF( 5000&gt;K4,K29,IF( 10000&gt;L4,L29,IF( 15000&gt;M4,M29,IF( 20000&gt;N4,N29,O29))))</f>
       </c>
       <c r="K29" s="0">
         <f>D29*I29</f>
       </c>
       <c r="L29" s="0">
         <f>E29*I29</f>
       </c>
       <c r="M29" s="0">
         <f>F29*I29</f>
       </c>
       <c r="N29" s="0">
         <f>G29*I29</f>
       </c>
       <c r="O29" s="0">
         <f>H29*I29</f>
       </c>
     </row>
     <row r="30" ht="45" customHeight="1" outlineLevel="1">
       <c r="A30" s="3"/>
       <c r="B30" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="5">
-        <v>1.0080000162124634</v>
+        <v>1.0399999618530273</v>
       </c>
       <c r="E30" s="5">
-        <v>1.0080000162124634</v>
+        <v>1.0399999618530273</v>
       </c>
       <c r="F30" s="5">
-        <v>0.94499999284744263</v>
+        <v>0.97500002384185791</v>
       </c>
       <c r="G30" s="5">
-        <v>0.91350001096725464</v>
+        <v>0.94249999523162842</v>
       </c>
       <c r="H30" s="5">
-        <v>0.88200002908706665</v>
+        <v>0.9100000262260437</v>
       </c>
       <c r="I30" s="6"/>
       <c r="J30" s="5">
         <f>IF( 5000&gt;K4,K30,IF( 10000&gt;L4,L30,IF( 15000&gt;M4,M30,IF( 20000&gt;N4,N30,O30))))</f>
       </c>
       <c r="K30" s="0">
         <f>D30*I30</f>
       </c>
       <c r="L30" s="0">
         <f>E30*I30</f>
       </c>
       <c r="M30" s="0">
         <f>F30*I30</f>
       </c>
       <c r="N30" s="0">
         <f>G30*I30</f>
       </c>
       <c r="O30" s="0">
         <f>H30*I30</f>
       </c>
     </row>
     <row r="31" ht="45" customHeight="1" outlineLevel="1">
       <c r="A31" s="3"/>
       <c r="B31" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="5">
-        <v>1.761199951171875</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="E31" s="5">
-        <v>1.761199951171875</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="F31" s="5">
-        <v>1.6512000560760498</v>
+        <v>1.5</v>
       </c>
       <c r="G31" s="5">
-        <v>1.5961999893188477</v>
+        <v>1.4500000476837158</v>
       </c>
       <c r="H31" s="5">
-        <v>1.5412000417709351</v>
+        <v>1.3999999761581421</v>
       </c>
       <c r="I31" s="6"/>
       <c r="J31" s="5">
         <f>IF( 5000&gt;K4,K31,IF( 10000&gt;L4,L31,IF( 15000&gt;M4,M31,IF( 20000&gt;N4,N31,O31))))</f>
       </c>
       <c r="K31" s="0">
         <f>D31*I31</f>
       </c>
       <c r="L31" s="0">
         <f>E31*I31</f>
       </c>
       <c r="M31" s="0">
         <f>F31*I31</f>
       </c>
       <c r="N31" s="0">
         <f>G31*I31</f>
       </c>
       <c r="O31" s="0">
         <f>H31*I31</f>
       </c>
     </row>
     <row r="32" ht="45" customHeight="1" outlineLevel="1">
       <c r="A32" s="3"/>
       <c r="B32" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D32" s="5">
-        <v>1.5039999485015869</v>
+        <v>1.4079999923706055</v>
       </c>
       <c r="E32" s="5">
-        <v>1.5039999485015869</v>
+        <v>1.4079999923706055</v>
       </c>
       <c r="F32" s="5">
-        <v>1.4099999666213989</v>
+        <v>1.3200000524520874</v>
       </c>
       <c r="G32" s="5">
-        <v>1.3630000352859497</v>
+        <v>1.2760000228881836</v>
       </c>
       <c r="H32" s="5">
-        <v>1.3159999847412109</v>
+        <v>1.2319999933242798</v>
       </c>
       <c r="I32" s="6"/>
       <c r="J32" s="5">
         <f>IF( 5000&gt;K4,K32,IF( 10000&gt;L4,L32,IF( 15000&gt;M4,M32,IF( 20000&gt;N4,N32,O32))))</f>
       </c>
       <c r="K32" s="0">
         <f>D32*I32</f>
       </c>
       <c r="L32" s="0">
         <f>E32*I32</f>
       </c>
       <c r="M32" s="0">
         <f>F32*I32</f>
       </c>
       <c r="N32" s="0">
         <f>G32*I32</f>
       </c>
       <c r="O32" s="0">
         <f>H32*I32</f>
       </c>
     </row>
     <row r="33" ht="45" customHeight="1" outlineLevel="1">
       <c r="A33" s="3"/>
       <c r="B33" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D33" s="5">
-        <v>1.7691999673843384</v>
+        <v>1.3919999599456787</v>
       </c>
       <c r="E33" s="5">
-        <v>1.7691999673843384</v>
+        <v>1.3919999599456787</v>
       </c>
       <c r="F33" s="5">
-        <v>1.6591999530792236</v>
+        <v>1.3049999475479126</v>
       </c>
       <c r="G33" s="5">
-        <v>1.604200005531311</v>
+        <v>1.2615000009536743</v>
       </c>
       <c r="H33" s="5">
-        <v>1.5492000579833984</v>
+        <v>1.218000054359436</v>
       </c>
       <c r="I33" s="6"/>
       <c r="J33" s="5">
         <f>IF( 5000&gt;K4,K33,IF( 10000&gt;L4,L33,IF( 15000&gt;M4,M33,IF( 20000&gt;N4,N33,O33))))</f>
       </c>
       <c r="K33" s="0">
         <f>D33*I33</f>
       </c>
       <c r="L33" s="0">
         <f>E33*I33</f>
       </c>
       <c r="M33" s="0">
         <f>F33*I33</f>
       </c>
       <c r="N33" s="0">
         <f>G33*I33</f>
       </c>
       <c r="O33" s="0">
         <f>H33*I33</f>
       </c>
     </row>
     <row r="34" ht="45" customHeight="1" outlineLevel="1">
       <c r="A34" s="3"/>
       <c r="B34" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>66</v>
       </c>
       <c r="D34" s="5">
-        <v>2.0569000244140625</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="E34" s="5">
-        <v>2.0569000244140625</v>
+        <v>1.6000000238418579</v>
       </c>
       <c r="F34" s="5">
-        <v>1.9289000034332275</v>
+        <v>1.5</v>
       </c>
       <c r="G34" s="5">
-        <v>1.86489999294281</v>
+        <v>1.4500000476837158</v>
       </c>
       <c r="H34" s="5">
-        <v>1.8008999824523926</v>
+        <v>1.3999999761581421</v>
       </c>
       <c r="I34" s="6"/>
       <c r="J34" s="5">
         <f>IF( 5000&gt;K4,K34,IF( 10000&gt;L4,L34,IF( 15000&gt;M4,M34,IF( 20000&gt;N4,N34,O34))))</f>
       </c>
       <c r="K34" s="0">
         <f>D34*I34</f>
       </c>
       <c r="L34" s="0">
         <f>E34*I34</f>
       </c>
       <c r="M34" s="0">
         <f>F34*I34</f>
       </c>
       <c r="N34" s="0">
         <f>G34*I34</f>
       </c>
       <c r="O34" s="0">
         <f>H34*I34</f>
       </c>
     </row>
     <row r="35" ht="45" customHeight="1" outlineLevel="1">
       <c r="A35" s="3"/>
       <c r="B35" s="2" t="s">
         <v>67</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>68</v>
       </c>
       <c r="D35" s="5">
-        <v>2.4639999866485596</v>
+        <v>1.8240000009536743</v>
       </c>
       <c r="E35" s="5">
-        <v>2.4639999866485596</v>
+        <v>1.8240000009536743</v>
       </c>
       <c r="F35" s="5">
-        <v>2.309999942779541</v>
+        <v>1.7100000381469727</v>
       </c>
       <c r="G35" s="5">
-        <v>2.2330000400543213</v>
+        <v>1.6529999971389771</v>
       </c>
       <c r="H35" s="5">
-        <v>2.1559998989105225</v>
+        <v>1.6529999971389771</v>
       </c>
       <c r="I35" s="6"/>
       <c r="J35" s="5">
         <f>IF( 5000&gt;K4,K35,IF( 10000&gt;L4,L35,IF( 15000&gt;M4,M35,IF( 20000&gt;N4,N35,O35))))</f>
       </c>
       <c r="K35" s="0">
         <f>D35*I35</f>
       </c>
       <c r="L35" s="0">
         <f>E35*I35</f>
       </c>
       <c r="M35" s="0">
         <f>F35*I35</f>
       </c>
       <c r="N35" s="0">
         <f>G35*I35</f>
       </c>
       <c r="O35" s="0">
         <f>H35*I35</f>
       </c>
     </row>
     <row r="36" ht="45" customHeight="1" outlineLevel="1">
       <c r="A36" s="3"/>
       <c r="B36" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>70</v>
       </c>
       <c r="D36" s="5">
-        <v>2.8231000900268555</v>
+        <v>2.1760001182556152</v>
       </c>
       <c r="E36" s="5">
-        <v>2.8231000900268555</v>
+        <v>2.1760001182556152</v>
       </c>
       <c r="F36" s="5">
-        <v>2.6470999717712402</v>
+        <v>2.0399999618530273</v>
       </c>
       <c r="G36" s="5">
-        <v>2.5590999126434326</v>
+        <v>1.9720000028610229</v>
       </c>
       <c r="H36" s="5">
-        <v>2.4711000919342041</v>
+        <v>1.9040000438690186</v>
       </c>
       <c r="I36" s="6"/>
       <c r="J36" s="5">
         <f>IF( 5000&gt;K4,K36,IF( 10000&gt;L4,L36,IF( 15000&gt;M4,M36,IF( 20000&gt;N4,N36,O36))))</f>
       </c>
       <c r="K36" s="0">
         <f>D36*I36</f>
       </c>
       <c r="L36" s="0">
         <f>E36*I36</f>
       </c>
       <c r="M36" s="0">
         <f>F36*I36</f>
       </c>
       <c r="N36" s="0">
         <f>G36*I36</f>
       </c>
       <c r="O36" s="0">
         <f>H36*I36</f>
       </c>
     </row>
     <row r="37" ht="45" customHeight="1" outlineLevel="1">
       <c r="A37" s="3"/>
       <c r="B37" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>72</v>
       </c>
       <c r="D37" s="5">
-        <v>3.2000000476837158</v>
+        <v>2.51200008392334</v>
       </c>
       <c r="E37" s="5">
-        <v>3.2000000476837158</v>
+        <v>2.51200008392334</v>
       </c>
       <c r="F37" s="5">
-        <v>3</v>
+        <v>2.3550000190734863</v>
       </c>
       <c r="G37" s="5">
-        <v>2.9000000953674316</v>
+        <v>2.2764999866485596</v>
       </c>
       <c r="H37" s="5">
-        <v>2.7999999523162842</v>
+        <v>2.1979999542236328</v>
       </c>
       <c r="I37" s="6"/>
       <c r="J37" s="5">
         <f>IF( 5000&gt;K4,K37,IF( 10000&gt;L4,L37,IF( 15000&gt;M4,M37,IF( 20000&gt;N4,N37,O37))))</f>
       </c>
       <c r="K37" s="0">
         <f>D37*I37</f>
       </c>
       <c r="L37" s="0">
         <f>E37*I37</f>
       </c>
       <c r="M37" s="0">
         <f>F37*I37</f>
       </c>
       <c r="N37" s="0">
         <f>G37*I37</f>
       </c>
       <c r="O37" s="0">
         <f>H37*I37</f>
       </c>
     </row>
     <row r="38" ht="45" customHeight="1" outlineLevel="1">
       <c r="A38" s="3"/>
       <c r="B38" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D38" s="5">
-        <v>3.1131000518798828</v>
+        <v>3.0559999942779541</v>
       </c>
       <c r="E38" s="5">
-        <v>3.1131000518798828</v>
+        <v>3.0559999942779541</v>
       </c>
       <c r="F38" s="5">
-        <v>2.9191000461578369</v>
+        <v>2.8650000095367432</v>
       </c>
       <c r="G38" s="5">
-        <v>2.8220999240875244</v>
+        <v>2.7695000171661377</v>
       </c>
       <c r="H38" s="5">
-        <v>2.725100040435791</v>
+        <v>2.6740000247955322</v>
       </c>
       <c r="I38" s="6"/>
       <c r="J38" s="5">
         <f>IF( 5000&gt;K4,K38,IF( 10000&gt;L4,L38,IF( 15000&gt;M4,M38,IF( 20000&gt;N4,N38,O38))))</f>
       </c>
       <c r="K38" s="0">
         <f>D38*I38</f>
       </c>
       <c r="L38" s="0">
         <f>E38*I38</f>
       </c>
       <c r="M38" s="0">
         <f>F38*I38</f>
       </c>
       <c r="N38" s="0">
         <f>G38*I38</f>
       </c>
       <c r="O38" s="0">
         <f>H38*I38</f>
       </c>
     </row>
     <row r="39" ht="45" customHeight="1" outlineLevel="1">
       <c r="A39" s="3"/>
       <c r="B39" s="2" t="s">
         <v>75</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D39" s="5">
-        <v>3.9899001121520996</v>
+        <v>4.0159997940063477</v>
       </c>
       <c r="E39" s="5">
-        <v>3.9899001121520996</v>
+        <v>4.0159997940063477</v>
       </c>
       <c r="F39" s="5">
-        <v>3.7409000396728516</v>
+        <v>3.7650001049041748</v>
       </c>
       <c r="G39" s="5">
-        <v>3.6164000034332275</v>
+        <v>3.6394999027252197</v>
       </c>
       <c r="H39" s="5">
-        <v>3.4918999671936035</v>
+        <v>3.5139999389648438</v>
       </c>
       <c r="I39" s="6"/>
       <c r="J39" s="5">
         <f>IF( 5000&gt;K4,K39,IF( 10000&gt;L4,L39,IF( 15000&gt;M4,M39,IF( 20000&gt;N4,N39,O39))))</f>
       </c>
       <c r="K39" s="0">
         <f>D39*I39</f>
       </c>
       <c r="L39" s="0">
         <f>E39*I39</f>
       </c>
       <c r="M39" s="0">
         <f>F39*I39</f>
       </c>
       <c r="N39" s="0">
         <f>G39*I39</f>
       </c>
       <c r="O39" s="0">
         <f>H39*I39</f>
       </c>
     </row>
     <row r="40" ht="45" customHeight="1" outlineLevel="1">
       <c r="A40" s="3"/>
       <c r="B40" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D40" s="5">
-        <v>5.9591999053955078</v>
+        <v>5.23199987411499</v>
       </c>
       <c r="E40" s="5">
-        <v>5.9591999053955078</v>
+        <v>5.23199987411499</v>
       </c>
       <c r="F40" s="5">
-        <v>5.5872001647949219</v>
+        <v>4.90500020980835</v>
       </c>
       <c r="G40" s="5">
-        <v>5.4011998176574707</v>
+        <v>4.7414999008178711</v>
       </c>
       <c r="H40" s="5">
-        <v>5.2151999473571777</v>
+        <v>4.5780000686645508</v>
       </c>
       <c r="I40" s="6"/>
       <c r="J40" s="5">
         <f>IF( 5000&gt;K4,K40,IF( 10000&gt;L4,L40,IF( 15000&gt;M4,M40,IF( 20000&gt;N4,N40,O40))))</f>
       </c>
       <c r="K40" s="0">
         <f>D40*I40</f>
       </c>
       <c r="L40" s="0">
         <f>E40*I40</f>
       </c>
       <c r="M40" s="0">
         <f>F40*I40</f>
       </c>
       <c r="N40" s="0">
         <f>G40*I40</f>
       </c>
       <c r="O40" s="0">
         <f>H40*I40</f>
       </c>
     </row>
     <row r="41" ht="45" customHeight="1" outlineLevel="1">
       <c r="A41" s="3"/>
       <c r="B41" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D41" s="5">
-        <v>7.45959997177124</v>
+        <v>7.0399999618530273</v>
       </c>
       <c r="E41" s="5">
-        <v>7.45959997177124</v>
+        <v>7.0399999618530273</v>
       </c>
       <c r="F41" s="5">
-        <v>6.9935998916625977</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="G41" s="5">
-        <v>6.7606000900268555</v>
+        <v>6.380000114440918</v>
       </c>
       <c r="H41" s="5">
-        <v>6.5275998115539551</v>
+        <v>6.1599998474121094</v>
       </c>
       <c r="I41" s="6"/>
       <c r="J41" s="5">
         <f>IF( 5000&gt;K4,K41,IF( 10000&gt;L4,L41,IF( 15000&gt;M4,M41,IF( 20000&gt;N4,N41,O41))))</f>
       </c>
       <c r="K41" s="0">
         <f>D41*I41</f>
       </c>
       <c r="L41" s="0">
         <f>E41*I41</f>
       </c>
       <c r="M41" s="0">
         <f>F41*I41</f>
       </c>
       <c r="N41" s="0">
         <f>G41*I41</f>
       </c>
       <c r="O41" s="0">
         <f>H41*I41</f>
       </c>
     </row>
     <row r="42" ht="45" customHeight="1" outlineLevel="1">
       <c r="A42" s="3"/>
       <c r="B42" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>82</v>
       </c>
       <c r="D42" s="5">
-        <v>6.7039999961853027</v>
+        <v>7.3439998626708984</v>
       </c>
       <c r="E42" s="5">
-        <v>6.7039999961853027</v>
+        <v>7.3439998626708984</v>
       </c>
       <c r="F42" s="5">
-        <v>6.2849998474121094</v>
+        <v>6.8850002288818359</v>
       </c>
       <c r="G42" s="5">
-        <v>6.0755000114440918</v>
+        <v>6.6554999351501465</v>
       </c>
       <c r="H42" s="5">
-        <v>5.8660001754760742</v>
+        <v>6.4260001182556152</v>
       </c>
       <c r="I42" s="6"/>
       <c r="J42" s="5">
         <f>IF( 5000&gt;K4,K42,IF( 10000&gt;L4,L42,IF( 15000&gt;M4,M42,IF( 20000&gt;N4,N42,O42))))</f>
       </c>
       <c r="K42" s="0">
         <f>D42*I42</f>
       </c>
       <c r="L42" s="0">
         <f>E42*I42</f>
       </c>
       <c r="M42" s="0">
         <f>F42*I42</f>
       </c>
       <c r="N42" s="0">
         <f>G42*I42</f>
       </c>
       <c r="O42" s="0">
         <f>H42*I42</f>
       </c>
     </row>
     <row r="43" ht="45" customHeight="1" outlineLevel="1">
       <c r="A43" s="3"/>
       <c r="B43" s="2" t="s">
         <v>83</v>
@@ -18401,57 +18401,57 @@
       <c r="K110" s="0">
         <f>D110*I110</f>
       </c>
       <c r="L110" s="0">
         <f>E110*I110</f>
       </c>
       <c r="M110" s="0">
         <f>F110*I110</f>
       </c>
       <c r="N110" s="0">
         <f>G110*I110</f>
       </c>
       <c r="O110" s="0">
         <f>H110*I110</f>
       </c>
     </row>
     <row r="111" ht="45" customHeight="1" outlineLevel="1">
       <c r="A111" s="3"/>
       <c r="B111" s="2" t="s">
         <v>217</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>218</v>
       </c>
       <c r="D111" s="5">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E111" s="5">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F111" s="5">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G111" s="5">
         <v>34</v>
       </c>
       <c r="H111" s="5">
         <v>31</v>
       </c>
       <c r="I111" s="6"/>
       <c r="J111" s="5">
         <f>IF( 5000&gt;K4,K111,IF( 10000&gt;L4,L111,IF( 15000&gt;M4,M111,IF( 20000&gt;N4,N111,O111))))</f>
       </c>
       <c r="K111" s="0">
         <f>D111*I111</f>
       </c>
       <c r="L111" s="0">
         <f>E111*I111</f>
       </c>
       <c r="M111" s="0">
         <f>F111*I111</f>
       </c>
       <c r="N111" s="0">
         <f>G111*I111</f>
       </c>
       <c r="O111" s="0">
         <f>H111*I111</f>
@@ -20980,63 +20980,63 @@
       <c r="K172" s="0">
         <f>D172*I172</f>
       </c>
       <c r="L172" s="0">
         <f>E172*I172</f>
       </c>
       <c r="M172" s="0">
         <f>F172*I172</f>
       </c>
       <c r="N172" s="0">
         <f>G172*I172</f>
       </c>
       <c r="O172" s="0">
         <f>H172*I172</f>
       </c>
     </row>
     <row r="173" ht="45" customHeight="1" outlineLevel="1">
       <c r="A173" s="3"/>
       <c r="B173" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C173" s="4" t="s">
         <v>339</v>
       </c>
       <c r="D173" s="5">
-        <v>753.40802001953125</v>
+        <v>764.79998779296875</v>
       </c>
       <c r="E173" s="5">
-        <v>753.40802001953125</v>
+        <v>764.79998779296875</v>
       </c>
       <c r="F173" s="5">
-        <v>706.32000732421875</v>
+        <v>717</v>
       </c>
       <c r="G173" s="5">
-        <v>682.7760009765625</v>
+        <v>693.0999755859375</v>
       </c>
       <c r="H173" s="5">
-        <v>659.23199462890625</v>
+        <v>669.20001220703125</v>
       </c>
       <c r="I173" s="6"/>
       <c r="J173" s="5">
         <f>IF( 5000&gt;K4,K173,IF( 10000&gt;L4,L173,IF( 15000&gt;M4,M173,IF( 20000&gt;N4,N173,O173))))</f>
       </c>
       <c r="K173" s="0">
         <f>D173*I173</f>
       </c>
       <c r="L173" s="0">
         <f>E173*I173</f>
       </c>
       <c r="M173" s="0">
         <f>F173*I173</f>
       </c>
       <c r="N173" s="0">
         <f>G173*I173</f>
       </c>
       <c r="O173" s="0">
         <f>H173*I173</f>
       </c>
     </row>
     <row r="174" ht="45" customHeight="1" outlineLevel="1">
       <c r="A174" s="3"/>
       <c r="B174" s="2" t="s">
         <v>340</v>
@@ -22327,3129 +22327,3129 @@
       <c r="K204" s="0">
         <f>D204*I204</f>
       </c>
       <c r="L204" s="0">
         <f>E204*I204</f>
       </c>
       <c r="M204" s="0">
         <f>F204*I204</f>
       </c>
       <c r="N204" s="0">
         <f>G204*I204</f>
       </c>
       <c r="O204" s="0">
         <f>H204*I204</f>
       </c>
     </row>
     <row r="205" ht="45" customHeight="1" outlineLevel="1">
       <c r="A205" s="3"/>
       <c r="B205" s="2" t="s">
         <v>401</v>
       </c>
       <c r="C205" s="4" t="s">
         <v>402</v>
       </c>
       <c r="D205" s="5">
-        <v>280</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="E205" s="5">
-        <v>280</v>
+        <v>173.1300048828125</v>
       </c>
       <c r="F205" s="5">
-        <v>270</v>
+        <v>161.58799743652344</v>
       </c>
       <c r="G205" s="5">
-        <v>265</v>
+        <v>155.81700134277344</v>
       </c>
       <c r="H205" s="5">
-        <v>260</v>
+        <v>150.04600524902344</v>
       </c>
       <c r="I205" s="6"/>
       <c r="J205" s="5">
         <f>IF( 5000&gt;K4,K205,IF( 10000&gt;L4,L205,IF( 15000&gt;M4,M205,IF( 20000&gt;N4,N205,O205))))</f>
       </c>
       <c r="K205" s="0">
         <f>D205*I205</f>
       </c>
       <c r="L205" s="0">
         <f>E205*I205</f>
       </c>
       <c r="M205" s="0">
         <f>F205*I205</f>
       </c>
       <c r="N205" s="0">
         <f>G205*I205</f>
       </c>
       <c r="O205" s="0">
         <f>H205*I205</f>
       </c>
     </row>
     <row r="206" ht="45" customHeight="1" outlineLevel="1">
       <c r="A206" s="3"/>
       <c r="B206" s="2" t="s">
         <v>403</v>
       </c>
       <c r="C206" s="4" t="s">
         <v>404</v>
       </c>
       <c r="D206" s="5">
-        <v>173.1300048828125</v>
+        <v>570.451171875</v>
       </c>
       <c r="E206" s="5">
-        <v>173.1300048828125</v>
+        <v>570.451171875</v>
       </c>
       <c r="F206" s="5">
-        <v>161.58799743652344</v>
+        <v>532.42108154296875</v>
       </c>
       <c r="G206" s="5">
-        <v>155.81700134277344</v>
+        <v>513.4061279296875</v>
       </c>
       <c r="H206" s="5">
-        <v>150.04600524902344</v>
+        <v>494.3909912109375</v>
       </c>
       <c r="I206" s="6"/>
       <c r="J206" s="5">
         <f>IF( 5000&gt;K4,K206,IF( 10000&gt;L4,L206,IF( 15000&gt;M4,M206,IF( 20000&gt;N4,N206,O206))))</f>
       </c>
       <c r="K206" s="0">
         <f>D206*I206</f>
       </c>
       <c r="L206" s="0">
         <f>E206*I206</f>
       </c>
       <c r="M206" s="0">
         <f>F206*I206</f>
       </c>
       <c r="N206" s="0">
         <f>G206*I206</f>
       </c>
       <c r="O206" s="0">
         <f>H206*I206</f>
       </c>
     </row>
     <row r="207" ht="45" customHeight="1" outlineLevel="1">
       <c r="A207" s="3"/>
       <c r="B207" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C207" s="4" t="s">
         <v>406</v>
       </c>
       <c r="D207" s="5">
-        <v>570.451171875</v>
+        <v>119</v>
       </c>
       <c r="E207" s="5">
-        <v>570.451171875</v>
+        <v>119</v>
       </c>
       <c r="F207" s="5">
-        <v>532.42108154296875</v>
+        <v>109</v>
       </c>
       <c r="G207" s="5">
-        <v>513.4061279296875</v>
+        <v>104</v>
       </c>
       <c r="H207" s="5">
-        <v>494.3909912109375</v>
+        <v>99</v>
       </c>
       <c r="I207" s="6"/>
       <c r="J207" s="5">
         <f>IF( 5000&gt;K4,K207,IF( 10000&gt;L4,L207,IF( 15000&gt;M4,M207,IF( 20000&gt;N4,N207,O207))))</f>
       </c>
       <c r="K207" s="0">
         <f>D207*I207</f>
       </c>
       <c r="L207" s="0">
         <f>E207*I207</f>
       </c>
       <c r="M207" s="0">
         <f>F207*I207</f>
       </c>
       <c r="N207" s="0">
         <f>G207*I207</f>
       </c>
       <c r="O207" s="0">
         <f>H207*I207</f>
       </c>
     </row>
-    <row r="208" ht="45" customHeight="1" outlineLevel="1">
-[...1 lines deleted...]
-      <c r="B208" s="2" t="s">
+    <row r="208">
+      <c r="A208" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="C208" s="4" t="s">
+      <c r="B208" s="1"/>
+      <c r="C208" s="1"/>
+      <c r="D208" s="1"/>
+      <c r="E208" s="1"/>
+      <c r="F208" s="1"/>
+      <c r="G208" s="1"/>
+      <c r="H208" s="1"/>
+      <c r="I208" s="1"/>
+      <c r="J208" s="1"/>
+    </row>
+    <row r="209" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A209" s="3"/>
+      <c r="B209" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="D208" s="5">
-[...35 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="4" t="s">
         <v>409</v>
       </c>
-      <c r="B209" s="1"/>
-[...7 lines deleted...]
-      <c r="J209" s="1"/>
+      <c r="D209" s="5">
+        <v>8.98799991607666</v>
+      </c>
+      <c r="E209" s="5">
+        <v>8.98799991607666</v>
+      </c>
+      <c r="F209" s="5">
+        <v>8.0249996185302734</v>
+      </c>
+      <c r="G209" s="5">
+        <v>7.7039999961853027</v>
+      </c>
+      <c r="H209" s="5">
+        <v>7.3829998970031738</v>
+      </c>
+      <c r="I209" s="6"/>
+      <c r="J209" s="5">
+        <f>IF( 5000&gt;K4,K209,IF( 10000&gt;L4,L209,IF( 15000&gt;M4,M209,IF( 20000&gt;N4,N209,O209))))</f>
+      </c>
+      <c r="K209" s="0">
+        <f>D209*I209</f>
+      </c>
+      <c r="L209" s="0">
+        <f>E209*I209</f>
+      </c>
+      <c r="M209" s="0">
+        <f>F209*I209</f>
+      </c>
+      <c r="N209" s="0">
+        <f>G209*I209</f>
+      </c>
+      <c r="O209" s="0">
+        <f>H209*I209</f>
+      </c>
     </row>
     <row r="210" ht="45" customHeight="1" outlineLevel="1">
       <c r="A210" s="3"/>
       <c r="B210" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>411</v>
       </c>
       <c r="D210" s="5">
-        <v>8.98799991607666</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="E210" s="5">
-        <v>8.98799991607666</v>
+        <v>10.934000015258789</v>
       </c>
       <c r="F210" s="5">
-        <v>8.0249996185302734</v>
+        <v>9.7624998092651367</v>
       </c>
       <c r="G210" s="5">
-        <v>7.7039999961853027</v>
+        <v>9.3719997406005859</v>
       </c>
       <c r="H210" s="5">
-        <v>7.3829998970031738</v>
+        <v>8.9814996719360352</v>
       </c>
       <c r="I210" s="6"/>
       <c r="J210" s="5">
         <f>IF( 5000&gt;K4,K210,IF( 10000&gt;L4,L210,IF( 15000&gt;M4,M210,IF( 20000&gt;N4,N210,O210))))</f>
       </c>
       <c r="K210" s="0">
         <f>D210*I210</f>
       </c>
       <c r="L210" s="0">
         <f>E210*I210</f>
       </c>
       <c r="M210" s="0">
         <f>F210*I210</f>
       </c>
       <c r="N210" s="0">
         <f>G210*I210</f>
       </c>
       <c r="O210" s="0">
         <f>H210*I210</f>
       </c>
     </row>
     <row r="211" ht="45" customHeight="1" outlineLevel="1">
       <c r="A211" s="3"/>
       <c r="B211" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>413</v>
       </c>
       <c r="D211" s="5">
-        <v>10.934000015258789</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="E211" s="5">
-        <v>10.934000015258789</v>
+        <v>12.880000114440918</v>
       </c>
       <c r="F211" s="5">
-        <v>9.7624998092651367</v>
+        <v>11.5</v>
       </c>
       <c r="G211" s="5">
-        <v>9.3719997406005859</v>
+        <v>11.039999961853027</v>
       </c>
       <c r="H211" s="5">
-        <v>8.9814996719360352</v>
+        <v>10.579999923706055</v>
       </c>
       <c r="I211" s="6"/>
       <c r="J211" s="5">
         <f>IF( 5000&gt;K4,K211,IF( 10000&gt;L4,L211,IF( 15000&gt;M4,M211,IF( 20000&gt;N4,N211,O211))))</f>
       </c>
       <c r="K211" s="0">
         <f>D211*I211</f>
       </c>
       <c r="L211" s="0">
         <f>E211*I211</f>
       </c>
       <c r="M211" s="0">
         <f>F211*I211</f>
       </c>
       <c r="N211" s="0">
         <f>G211*I211</f>
       </c>
       <c r="O211" s="0">
         <f>H211*I211</f>
       </c>
     </row>
     <row r="212" ht="45" customHeight="1" outlineLevel="1">
       <c r="A212" s="3"/>
       <c r="B212" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>415</v>
       </c>
       <c r="D212" s="5">
-        <v>12.880000114440918</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="E212" s="5">
-        <v>12.880000114440918</v>
+        <v>16.478000640869141</v>
       </c>
       <c r="F212" s="5">
-        <v>11.5</v>
+        <v>14.712499618530273</v>
       </c>
       <c r="G212" s="5">
-        <v>11.039999961853027</v>
+        <v>14.12399959564209</v>
       </c>
       <c r="H212" s="5">
-        <v>10.579999923706055</v>
+        <v>13.535499572753906</v>
       </c>
       <c r="I212" s="6"/>
       <c r="J212" s="5">
         <f>IF( 5000&gt;K4,K212,IF( 10000&gt;L4,L212,IF( 15000&gt;M4,M212,IF( 20000&gt;N4,N212,O212))))</f>
       </c>
       <c r="K212" s="0">
         <f>D212*I212</f>
       </c>
       <c r="L212" s="0">
         <f>E212*I212</f>
       </c>
       <c r="M212" s="0">
         <f>F212*I212</f>
       </c>
       <c r="N212" s="0">
         <f>G212*I212</f>
       </c>
       <c r="O212" s="0">
         <f>H212*I212</f>
       </c>
     </row>
     <row r="213" ht="45" customHeight="1" outlineLevel="1">
       <c r="A213" s="3"/>
       <c r="B213" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C213" s="4" t="s">
         <v>417</v>
       </c>
       <c r="D213" s="5">
-        <v>16.478000640869141</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="E213" s="5">
-        <v>16.478000640869141</v>
+        <v>20.52400016784668</v>
       </c>
       <c r="F213" s="5">
-        <v>14.712499618530273</v>
+        <v>18.325000762939453</v>
       </c>
       <c r="G213" s="5">
-        <v>14.12399959564209</v>
+        <v>17.591999053955078</v>
       </c>
       <c r="H213" s="5">
-        <v>13.535499572753906</v>
+        <v>16.858999252319336</v>
       </c>
       <c r="I213" s="6"/>
       <c r="J213" s="5">
         <f>IF( 5000&gt;K4,K213,IF( 10000&gt;L4,L213,IF( 15000&gt;M4,M213,IF( 20000&gt;N4,N213,O213))))</f>
       </c>
       <c r="K213" s="0">
         <f>D213*I213</f>
       </c>
       <c r="L213" s="0">
         <f>E213*I213</f>
       </c>
       <c r="M213" s="0">
         <f>F213*I213</f>
       </c>
       <c r="N213" s="0">
         <f>G213*I213</f>
       </c>
       <c r="O213" s="0">
         <f>H213*I213</f>
       </c>
     </row>
     <row r="214" ht="45" customHeight="1" outlineLevel="1">
       <c r="A214" s="3"/>
       <c r="B214" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C214" s="4" t="s">
         <v>419</v>
       </c>
       <c r="D214" s="5">
-        <v>20.52400016784668</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="E214" s="5">
-        <v>20.52400016784668</v>
+        <v>21.191999435424805</v>
       </c>
       <c r="F214" s="5">
-        <v>18.325000762939453</v>
+        <v>19.426000595092773</v>
       </c>
       <c r="G214" s="5">
-        <v>17.591999053955078</v>
+        <v>18.542999267578125</v>
       </c>
       <c r="H214" s="5">
-        <v>16.858999252319336</v>
+        <v>17.836599349975586</v>
       </c>
       <c r="I214" s="6"/>
       <c r="J214" s="5">
         <f>IF( 5000&gt;K4,K214,IF( 10000&gt;L4,L214,IF( 15000&gt;M4,M214,IF( 20000&gt;N4,N214,O214))))</f>
       </c>
       <c r="K214" s="0">
         <f>D214*I214</f>
       </c>
       <c r="L214" s="0">
         <f>E214*I214</f>
       </c>
       <c r="M214" s="0">
         <f>F214*I214</f>
       </c>
       <c r="N214" s="0">
         <f>G214*I214</f>
       </c>
       <c r="O214" s="0">
         <f>H214*I214</f>
       </c>
     </row>
     <row r="215" ht="45" customHeight="1" outlineLevel="1">
       <c r="A215" s="3"/>
       <c r="B215" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>421</v>
       </c>
       <c r="D215" s="5">
-        <v>21.191999435424805</v>
+        <v>26.964000701904297</v>
       </c>
       <c r="E215" s="5">
-        <v>21.191999435424805</v>
+        <v>26.964000701904297</v>
       </c>
       <c r="F215" s="5">
-        <v>19.426000595092773</v>
+        <v>24.716999053955078</v>
       </c>
       <c r="G215" s="5">
-        <v>18.542999267578125</v>
+        <v>23.5935001373291</v>
       </c>
       <c r="H215" s="5">
-        <v>17.836599349975586</v>
+        <v>22.694700241088867</v>
       </c>
       <c r="I215" s="6"/>
       <c r="J215" s="5">
         <f>IF( 5000&gt;K4,K215,IF( 10000&gt;L4,L215,IF( 15000&gt;M4,M215,IF( 20000&gt;N4,N215,O215))))</f>
       </c>
       <c r="K215" s="0">
         <f>D215*I215</f>
       </c>
       <c r="L215" s="0">
         <f>E215*I215</f>
       </c>
       <c r="M215" s="0">
         <f>F215*I215</f>
       </c>
       <c r="N215" s="0">
         <f>G215*I215</f>
       </c>
       <c r="O215" s="0">
         <f>H215*I215</f>
       </c>
     </row>
     <row r="216" ht="45" customHeight="1" outlineLevel="1">
       <c r="A216" s="3"/>
       <c r="B216" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>423</v>
       </c>
       <c r="D216" s="5">
-        <v>26.964000701904297</v>
+        <v>33.383998870849609</v>
       </c>
       <c r="E216" s="5">
-        <v>26.964000701904297</v>
+        <v>33.383998870849609</v>
       </c>
       <c r="F216" s="5">
-        <v>24.716999053955078</v>
+        <v>30.601999282836914</v>
       </c>
       <c r="G216" s="5">
-        <v>23.5935001373291</v>
+        <v>29.211000442504883</v>
       </c>
       <c r="H216" s="5">
-        <v>22.694700241088867</v>
+        <v>28.098199844360352</v>
       </c>
       <c r="I216" s="6"/>
       <c r="J216" s="5">
         <f>IF( 5000&gt;K4,K216,IF( 10000&gt;L4,L216,IF( 15000&gt;M4,M216,IF( 20000&gt;N4,N216,O216))))</f>
       </c>
       <c r="K216" s="0">
         <f>D216*I216</f>
       </c>
       <c r="L216" s="0">
         <f>E216*I216</f>
       </c>
       <c r="M216" s="0">
         <f>F216*I216</f>
       </c>
       <c r="N216" s="0">
         <f>G216*I216</f>
       </c>
       <c r="O216" s="0">
         <f>H216*I216</f>
       </c>
     </row>
     <row r="217" ht="45" customHeight="1" outlineLevel="1">
       <c r="A217" s="3"/>
       <c r="B217" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C217" s="4" t="s">
         <v>425</v>
       </c>
       <c r="D217" s="5">
-        <v>33.383998870849609</v>
+        <v>41.0880012512207</v>
       </c>
       <c r="E217" s="5">
-        <v>33.383998870849609</v>
+        <v>41.0880012512207</v>
       </c>
       <c r="F217" s="5">
-        <v>30.601999282836914</v>
+        <v>37.66400146484375</v>
       </c>
       <c r="G217" s="5">
-        <v>29.211000442504883</v>
+        <v>35.951999664306641</v>
       </c>
       <c r="H217" s="5">
-        <v>28.098199844360352</v>
+        <v>34.582401275634766</v>
       </c>
       <c r="I217" s="6"/>
       <c r="J217" s="5">
         <f>IF( 5000&gt;K4,K217,IF( 10000&gt;L4,L217,IF( 15000&gt;M4,M217,IF( 20000&gt;N4,N217,O217))))</f>
       </c>
       <c r="K217" s="0">
         <f>D217*I217</f>
       </c>
       <c r="L217" s="0">
         <f>E217*I217</f>
       </c>
       <c r="M217" s="0">
         <f>F217*I217</f>
       </c>
       <c r="N217" s="0">
         <f>G217*I217</f>
       </c>
       <c r="O217" s="0">
         <f>H217*I217</f>
       </c>
     </row>
-    <row r="218" ht="45" customHeight="1" outlineLevel="1">
-[...1 lines deleted...]
-      <c r="B218" s="2" t="s">
+    <row r="218">
+      <c r="A218" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C218" s="4" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="B218" s="1"/>
+      <c r="C218" s="1"/>
+      <c r="D218" s="1"/>
+      <c r="E218" s="1"/>
+      <c r="F218" s="1"/>
+      <c r="G218" s="1"/>
+      <c r="H218" s="1"/>
+      <c r="I218" s="1"/>
+      <c r="J218" s="1"/>
     </row>
     <row r="219" ht="45" customHeight="1" outlineLevel="1">
       <c r="A219" s="3"/>
       <c r="B219" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="C219" s="4" t="s">
         <v>428</v>
       </c>
-      <c r="C219" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D219" s="5">
-        <v>12.137999534606934</v>
+        <v>3.5</v>
       </c>
       <c r="E219" s="5">
-        <v>12.137999534606934</v>
+        <v>3.5</v>
       </c>
       <c r="F219" s="5">
-        <v>10.837499618530273</v>
+        <v>3.0999999046325684</v>
       </c>
       <c r="G219" s="5">
-        <v>10.404000282287598</v>
+        <v>2.9000000953674316</v>
       </c>
       <c r="H219" s="5">
-        <v>9.9704999923706055</v>
+        <v>2.7000000476837158</v>
       </c>
       <c r="I219" s="6"/>
       <c r="J219" s="5">
         <f>IF( 5000&gt;K4,K219,IF( 10000&gt;L4,L219,IF( 15000&gt;M4,M219,IF( 20000&gt;N4,N219,O219))))</f>
       </c>
       <c r="K219" s="0">
         <f>D219*I219</f>
       </c>
       <c r="L219" s="0">
         <f>E219*I219</f>
       </c>
       <c r="M219" s="0">
         <f>F219*I219</f>
       </c>
       <c r="N219" s="0">
         <f>G219*I219</f>
       </c>
       <c r="O219" s="0">
         <f>H219*I219</f>
       </c>
     </row>
-    <row r="220">
-      <c r="A220" s="1" t="s">
+    <row r="220" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A220" s="3"/>
+      <c r="B220" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="C220" s="4" t="s">
         <v>430</v>
       </c>
-      <c r="B220" s="1"/>
-[...7 lines deleted...]
-      <c r="J220" s="1"/>
+      <c r="D220" s="5">
+        <v>4.7519998550415039</v>
+      </c>
+      <c r="E220" s="5">
+        <v>4.7519998550415039</v>
+      </c>
+      <c r="F220" s="5">
+        <v>4.4549999237060547</v>
+      </c>
+      <c r="G220" s="5">
+        <v>4.30649995803833</v>
+      </c>
+      <c r="H220" s="5">
+        <v>4.1579999923706055</v>
+      </c>
+      <c r="I220" s="6"/>
+      <c r="J220" s="5">
+        <f>IF( 5000&gt;K4,K220,IF( 10000&gt;L4,L220,IF( 15000&gt;M4,M220,IF( 20000&gt;N4,N220,O220))))</f>
+      </c>
+      <c r="K220" s="0">
+        <f>D220*I220</f>
+      </c>
+      <c r="L220" s="0">
+        <f>E220*I220</f>
+      </c>
+      <c r="M220" s="0">
+        <f>F220*I220</f>
+      </c>
+      <c r="N220" s="0">
+        <f>G220*I220</f>
+      </c>
+      <c r="O220" s="0">
+        <f>H220*I220</f>
+      </c>
     </row>
     <row r="221" ht="45" customHeight="1" outlineLevel="1">
       <c r="A221" s="3"/>
       <c r="B221" s="2" t="s">
         <v>431</v>
       </c>
       <c r="C221" s="4" t="s">
         <v>432</v>
       </c>
       <c r="D221" s="5">
-        <v>3.5</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="E221" s="5">
-        <v>3.5</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="F221" s="5">
-        <v>3.0999999046325684</v>
+        <v>4.3000001907348633</v>
       </c>
       <c r="G221" s="5">
-        <v>2.9000000953674316</v>
+        <v>4</v>
       </c>
       <c r="H221" s="5">
-        <v>2.7000000476837158</v>
+        <v>3.7000000476837158</v>
       </c>
       <c r="I221" s="6"/>
       <c r="J221" s="5">
         <f>IF( 5000&gt;K4,K221,IF( 10000&gt;L4,L221,IF( 15000&gt;M4,M221,IF( 20000&gt;N4,N221,O221))))</f>
       </c>
       <c r="K221" s="0">
         <f>D221*I221</f>
       </c>
       <c r="L221" s="0">
         <f>E221*I221</f>
       </c>
       <c r="M221" s="0">
         <f>F221*I221</f>
       </c>
       <c r="N221" s="0">
         <f>G221*I221</f>
       </c>
       <c r="O221" s="0">
         <f>H221*I221</f>
       </c>
     </row>
     <row r="222" ht="45" customHeight="1" outlineLevel="1">
       <c r="A222" s="3"/>
       <c r="B222" s="2" t="s">
         <v>433</v>
       </c>
       <c r="C222" s="4" t="s">
         <v>434</v>
       </c>
       <c r="D222" s="5">
-        <v>4.7519998550415039</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="E222" s="5">
-        <v>4.7519998550415039</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="F222" s="5">
-        <v>4.4549999237060547</v>
+        <v>4.5999999046325684</v>
       </c>
       <c r="G222" s="5">
-        <v>4.30649995803833</v>
+        <v>4.3000001907348633</v>
       </c>
       <c r="H222" s="5">
-        <v>4.1579999923706055</v>
+        <v>4</v>
       </c>
       <c r="I222" s="6"/>
       <c r="J222" s="5">
         <f>IF( 5000&gt;K4,K222,IF( 10000&gt;L4,L222,IF( 15000&gt;M4,M222,IF( 20000&gt;N4,N222,O222))))</f>
       </c>
       <c r="K222" s="0">
         <f>D222*I222</f>
       </c>
       <c r="L222" s="0">
         <f>E222*I222</f>
       </c>
       <c r="M222" s="0">
         <f>F222*I222</f>
       </c>
       <c r="N222" s="0">
         <f>G222*I222</f>
       </c>
       <c r="O222" s="0">
         <f>H222*I222</f>
       </c>
     </row>
     <row r="223" ht="45" customHeight="1" outlineLevel="1">
       <c r="A223" s="3"/>
       <c r="B223" s="2" t="s">
         <v>435</v>
       </c>
       <c r="C223" s="4" t="s">
         <v>436</v>
       </c>
       <c r="D223" s="5">
-        <v>4.9000000953674316</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E223" s="5">
-        <v>4.9000000953674316</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F223" s="5">
-        <v>4.3000001907348633</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G223" s="5">
-        <v>4</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H223" s="5">
-        <v>3.7000000476837158</v>
+        <v>4.5</v>
       </c>
       <c r="I223" s="6"/>
       <c r="J223" s="5">
         <f>IF( 5000&gt;K4,K223,IF( 10000&gt;L4,L223,IF( 15000&gt;M4,M223,IF( 20000&gt;N4,N223,O223))))</f>
       </c>
       <c r="K223" s="0">
         <f>D223*I223</f>
       </c>
       <c r="L223" s="0">
         <f>E223*I223</f>
       </c>
       <c r="M223" s="0">
         <f>F223*I223</f>
       </c>
       <c r="N223" s="0">
         <f>G223*I223</f>
       </c>
       <c r="O223" s="0">
         <f>H223*I223</f>
       </c>
     </row>
     <row r="224" ht="45" customHeight="1" outlineLevel="1">
       <c r="A224" s="3"/>
       <c r="B224" s="2" t="s">
         <v>437</v>
       </c>
       <c r="C224" s="4" t="s">
         <v>438</v>
       </c>
       <c r="D224" s="5">
-        <v>5.1999998092651367</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="E224" s="5">
-        <v>5.1999998092651367</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="F224" s="5">
-        <v>4.5999999046325684</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="G224" s="5">
-        <v>4.3000001907348633</v>
+        <v>5.4000000953674316</v>
       </c>
       <c r="H224" s="5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I224" s="6"/>
       <c r="J224" s="5">
         <f>IF( 5000&gt;K4,K224,IF( 10000&gt;L4,L224,IF( 15000&gt;M4,M224,IF( 20000&gt;N4,N224,O224))))</f>
       </c>
       <c r="K224" s="0">
         <f>D224*I224</f>
       </c>
       <c r="L224" s="0">
         <f>E224*I224</f>
       </c>
       <c r="M224" s="0">
         <f>F224*I224</f>
       </c>
       <c r="N224" s="0">
         <f>G224*I224</f>
       </c>
       <c r="O224" s="0">
         <f>H224*I224</f>
       </c>
     </row>
     <row r="225" ht="45" customHeight="1" outlineLevel="1">
       <c r="A225" s="3"/>
       <c r="B225" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>440</v>
       </c>
       <c r="D225" s="5">
-        <v>5.6999998092651367</v>
+        <v>9</v>
       </c>
       <c r="E225" s="5">
-        <v>5.6999998092651367</v>
+        <v>9</v>
       </c>
       <c r="F225" s="5">
-        <v>5.0999999046325684</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="G225" s="5">
-        <v>4.8000001907348633</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="H225" s="5">
-        <v>4.5</v>
+        <v>7.4000000953674316</v>
       </c>
       <c r="I225" s="6"/>
       <c r="J225" s="5">
         <f>IF( 5000&gt;K4,K225,IF( 10000&gt;L4,L225,IF( 15000&gt;M4,M225,IF( 20000&gt;N4,N225,O225))))</f>
       </c>
       <c r="K225" s="0">
         <f>D225*I225</f>
       </c>
       <c r="L225" s="0">
         <f>E225*I225</f>
       </c>
       <c r="M225" s="0">
         <f>F225*I225</f>
       </c>
       <c r="N225" s="0">
         <f>G225*I225</f>
       </c>
       <c r="O225" s="0">
         <f>H225*I225</f>
       </c>
     </row>
     <row r="226" ht="45" customHeight="1" outlineLevel="1">
       <c r="A226" s="3"/>
       <c r="B226" s="2" t="s">
         <v>441</v>
       </c>
       <c r="C226" s="4" t="s">
         <v>442</v>
       </c>
       <c r="D226" s="5">
-        <v>6.5999999046325684</v>
+        <v>7.5</v>
       </c>
       <c r="E226" s="5">
-        <v>6.5999999046325684</v>
+        <v>7.5</v>
       </c>
       <c r="F226" s="5">
-        <v>5.8000001907348633</v>
+        <v>6.6999998092651367</v>
       </c>
       <c r="G226" s="5">
-        <v>5.4000000953674316</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="H226" s="5">
-        <v>5</v>
+        <v>5.9000000953674316</v>
       </c>
       <c r="I226" s="6"/>
       <c r="J226" s="5">
         <f>IF( 5000&gt;K4,K226,IF( 10000&gt;L4,L226,IF( 15000&gt;M4,M226,IF( 20000&gt;N4,N226,O226))))</f>
       </c>
       <c r="K226" s="0">
         <f>D226*I226</f>
       </c>
       <c r="L226" s="0">
         <f>E226*I226</f>
       </c>
       <c r="M226" s="0">
         <f>F226*I226</f>
       </c>
       <c r="N226" s="0">
         <f>G226*I226</f>
       </c>
       <c r="O226" s="0">
         <f>H226*I226</f>
       </c>
     </row>
     <row r="227" ht="45" customHeight="1" outlineLevel="1">
       <c r="A227" s="3"/>
       <c r="B227" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C227" s="4" t="s">
         <v>444</v>
       </c>
       <c r="D227" s="5">
-        <v>9</v>
+        <v>14.048000335693359</v>
       </c>
       <c r="E227" s="5">
-        <v>9</v>
+        <v>14.048000335693359</v>
       </c>
       <c r="F227" s="5">
-        <v>8.1999998092651367</v>
+        <v>13.170000076293945</v>
       </c>
       <c r="G227" s="5">
-        <v>7.8000001907348633</v>
+        <v>12.730999946594238</v>
       </c>
       <c r="H227" s="5">
-        <v>7.4000000953674316</v>
+        <v>12.291999816894531</v>
       </c>
       <c r="I227" s="6"/>
       <c r="J227" s="5">
         <f>IF( 5000&gt;K4,K227,IF( 10000&gt;L4,L227,IF( 15000&gt;M4,M227,IF( 20000&gt;N4,N227,O227))))</f>
       </c>
       <c r="K227" s="0">
         <f>D227*I227</f>
       </c>
       <c r="L227" s="0">
         <f>E227*I227</f>
       </c>
       <c r="M227" s="0">
         <f>F227*I227</f>
       </c>
       <c r="N227" s="0">
         <f>G227*I227</f>
       </c>
       <c r="O227" s="0">
         <f>H227*I227</f>
       </c>
     </row>
     <row r="228" ht="45" customHeight="1" outlineLevel="1">
       <c r="A228" s="3"/>
       <c r="B228" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C228" s="4" t="s">
         <v>446</v>
       </c>
       <c r="D228" s="5">
-        <v>7.5</v>
+        <v>8.6000003814697266</v>
       </c>
       <c r="E228" s="5">
-        <v>7.5</v>
+        <v>8.6000003814697266</v>
       </c>
       <c r="F228" s="5">
-        <v>6.6999998092651367</v>
+        <v>7.8000001907348633</v>
       </c>
       <c r="G228" s="5">
-        <v>6.3000001907348633</v>
+        <v>7.4000000953674316</v>
       </c>
       <c r="H228" s="5">
-        <v>5.9000000953674316</v>
+        <v>7</v>
       </c>
       <c r="I228" s="6"/>
       <c r="J228" s="5">
         <f>IF( 5000&gt;K4,K228,IF( 10000&gt;L4,L228,IF( 15000&gt;M4,M228,IF( 20000&gt;N4,N228,O228))))</f>
       </c>
       <c r="K228" s="0">
         <f>D228*I228</f>
       </c>
       <c r="L228" s="0">
         <f>E228*I228</f>
       </c>
       <c r="M228" s="0">
         <f>F228*I228</f>
       </c>
       <c r="N228" s="0">
         <f>G228*I228</f>
       </c>
       <c r="O228" s="0">
         <f>H228*I228</f>
       </c>
     </row>
     <row r="229" ht="45" customHeight="1" outlineLevel="1">
       <c r="A229" s="3"/>
       <c r="B229" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C229" s="4" t="s">
         <v>448</v>
       </c>
       <c r="D229" s="5">
-        <v>14.048000335693359</v>
+        <v>12.5</v>
       </c>
       <c r="E229" s="5">
-        <v>14.048000335693359</v>
+        <v>12.5</v>
       </c>
       <c r="F229" s="5">
-        <v>13.170000076293945</v>
+        <v>11.5</v>
       </c>
       <c r="G229" s="5">
-        <v>12.730999946594238</v>
+        <v>11</v>
       </c>
       <c r="H229" s="5">
-        <v>12.291999816894531</v>
+        <v>10.5</v>
       </c>
       <c r="I229" s="6"/>
       <c r="J229" s="5">
         <f>IF( 5000&gt;K4,K229,IF( 10000&gt;L4,L229,IF( 15000&gt;M4,M229,IF( 20000&gt;N4,N229,O229))))</f>
       </c>
       <c r="K229" s="0">
         <f>D229*I229</f>
       </c>
       <c r="L229" s="0">
         <f>E229*I229</f>
       </c>
       <c r="M229" s="0">
         <f>F229*I229</f>
       </c>
       <c r="N229" s="0">
         <f>G229*I229</f>
       </c>
       <c r="O229" s="0">
         <f>H229*I229</f>
       </c>
     </row>
     <row r="230" ht="45" customHeight="1" outlineLevel="1">
       <c r="A230" s="3"/>
       <c r="B230" s="2" t="s">
         <v>449</v>
       </c>
       <c r="C230" s="4" t="s">
         <v>450</v>
       </c>
       <c r="D230" s="5">
-        <v>8.6000003814697266</v>
+        <v>18.700000762939453</v>
       </c>
       <c r="E230" s="5">
-        <v>8.6000003814697266</v>
+        <v>18.700000762939453</v>
       </c>
       <c r="F230" s="5">
-        <v>7.8000001907348633</v>
+        <v>17.700000762939453</v>
       </c>
       <c r="G230" s="5">
-        <v>7.4000000953674316</v>
+        <v>17.200000762939453</v>
       </c>
       <c r="H230" s="5">
-        <v>7</v>
+        <v>16.700000762939453</v>
       </c>
       <c r="I230" s="6"/>
       <c r="J230" s="5">
         <f>IF( 5000&gt;K4,K230,IF( 10000&gt;L4,L230,IF( 15000&gt;M4,M230,IF( 20000&gt;N4,N230,O230))))</f>
       </c>
       <c r="K230" s="0">
         <f>D230*I230</f>
       </c>
       <c r="L230" s="0">
         <f>E230*I230</f>
       </c>
       <c r="M230" s="0">
         <f>F230*I230</f>
       </c>
       <c r="N230" s="0">
         <f>G230*I230</f>
       </c>
       <c r="O230" s="0">
         <f>H230*I230</f>
       </c>
     </row>
     <row r="231" ht="45" customHeight="1" outlineLevel="1">
       <c r="A231" s="3"/>
       <c r="B231" s="2" t="s">
         <v>451</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>452</v>
       </c>
       <c r="D231" s="5">
-        <v>12.5</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="E231" s="5">
-        <v>12.5</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="F231" s="5">
-        <v>11.5</v>
+        <v>5.0999999046325684</v>
       </c>
       <c r="G231" s="5">
-        <v>11</v>
+        <v>4.8000001907348633</v>
       </c>
       <c r="H231" s="5">
-        <v>10.5</v>
+        <v>4.5</v>
       </c>
       <c r="I231" s="6"/>
       <c r="J231" s="5">
         <f>IF( 5000&gt;K4,K231,IF( 10000&gt;L4,L231,IF( 15000&gt;M4,M231,IF( 20000&gt;N4,N231,O231))))</f>
       </c>
       <c r="K231" s="0">
         <f>D231*I231</f>
       </c>
       <c r="L231" s="0">
         <f>E231*I231</f>
       </c>
       <c r="M231" s="0">
         <f>F231*I231</f>
       </c>
       <c r="N231" s="0">
         <f>G231*I231</f>
       </c>
       <c r="O231" s="0">
         <f>H231*I231</f>
       </c>
     </row>
     <row r="232" ht="45" customHeight="1" outlineLevel="1">
       <c r="A232" s="3"/>
       <c r="B232" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C232" s="4" t="s">
         <v>454</v>
       </c>
       <c r="D232" s="5">
-        <v>18.700000762939453</v>
+        <v>3</v>
       </c>
       <c r="E232" s="5">
-        <v>18.700000762939453</v>
+        <v>3</v>
       </c>
       <c r="F232" s="5">
-        <v>17.700000762939453</v>
+        <v>2.5999999046325684</v>
       </c>
       <c r="G232" s="5">
-        <v>17.200000762939453</v>
+        <v>2.4000000953674316</v>
       </c>
       <c r="H232" s="5">
-        <v>16.700000762939453</v>
+        <v>2.2000000476837158</v>
       </c>
       <c r="I232" s="6"/>
       <c r="J232" s="5">
         <f>IF( 5000&gt;K4,K232,IF( 10000&gt;L4,L232,IF( 15000&gt;M4,M232,IF( 20000&gt;N4,N232,O232))))</f>
       </c>
       <c r="K232" s="0">
         <f>D232*I232</f>
       </c>
       <c r="L232" s="0">
         <f>E232*I232</f>
       </c>
       <c r="M232" s="0">
         <f>F232*I232</f>
       </c>
       <c r="N232" s="0">
         <f>G232*I232</f>
       </c>
       <c r="O232" s="0">
         <f>H232*I232</f>
       </c>
     </row>
     <row r="233" ht="45" customHeight="1" outlineLevel="1">
       <c r="A233" s="3"/>
       <c r="B233" s="2" t="s">
         <v>455</v>
       </c>
       <c r="C233" s="4" t="s">
         <v>456</v>
       </c>
       <c r="D233" s="5">
-        <v>5.6999998092651367</v>
+        <v>3</v>
       </c>
       <c r="E233" s="5">
-        <v>5.6999998092651367</v>
+        <v>3</v>
       </c>
       <c r="F233" s="5">
-        <v>5.0999999046325684</v>
+        <v>2.5999999046325684</v>
       </c>
       <c r="G233" s="5">
-        <v>4.8000001907348633</v>
+        <v>2.4000000953674316</v>
       </c>
       <c r="H233" s="5">
-        <v>4.5</v>
+        <v>2.2000000476837158</v>
       </c>
       <c r="I233" s="6"/>
       <c r="J233" s="5">
         <f>IF( 5000&gt;K4,K233,IF( 10000&gt;L4,L233,IF( 15000&gt;M4,M233,IF( 20000&gt;N4,N233,O233))))</f>
       </c>
       <c r="K233" s="0">
         <f>D233*I233</f>
       </c>
       <c r="L233" s="0">
         <f>E233*I233</f>
       </c>
       <c r="M233" s="0">
         <f>F233*I233</f>
       </c>
       <c r="N233" s="0">
         <f>G233*I233</f>
       </c>
       <c r="O233" s="0">
         <f>H233*I233</f>
       </c>
     </row>
     <row r="234" ht="45" customHeight="1" outlineLevel="1">
       <c r="A234" s="3"/>
       <c r="B234" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C234" s="4" t="s">
         <v>458</v>
       </c>
       <c r="D234" s="5">
-        <v>3</v>
+        <v>3.5699999332427979</v>
       </c>
       <c r="E234" s="5">
-        <v>3</v>
+        <v>3.5699999332427979</v>
       </c>
       <c r="F234" s="5">
-        <v>2.5999999046325684</v>
+        <v>3.1700000762939453</v>
       </c>
       <c r="G234" s="5">
-        <v>2.4000000953674316</v>
+        <v>2.9700000286102295</v>
       </c>
       <c r="H234" s="5">
-        <v>2.2000000476837158</v>
+        <v>2.7699999809265137</v>
       </c>
       <c r="I234" s="6"/>
       <c r="J234" s="5">
         <f>IF( 5000&gt;K4,K234,IF( 10000&gt;L4,L234,IF( 15000&gt;M4,M234,IF( 20000&gt;N4,N234,O234))))</f>
       </c>
       <c r="K234" s="0">
         <f>D234*I234</f>
       </c>
       <c r="L234" s="0">
         <f>E234*I234</f>
       </c>
       <c r="M234" s="0">
         <f>F234*I234</f>
       </c>
       <c r="N234" s="0">
         <f>G234*I234</f>
       </c>
       <c r="O234" s="0">
         <f>H234*I234</f>
       </c>
     </row>
     <row r="235" ht="45" customHeight="1" outlineLevel="1">
       <c r="A235" s="3"/>
       <c r="B235" s="2" t="s">
         <v>459</v>
       </c>
       <c r="C235" s="4" t="s">
         <v>460</v>
       </c>
       <c r="D235" s="5">
-        <v>3</v>
+        <v>4.1100001335144043</v>
       </c>
       <c r="E235" s="5">
-        <v>3</v>
+        <v>4.1100001335144043</v>
       </c>
       <c r="F235" s="5">
-        <v>2.5999999046325684</v>
+        <v>3.7100000381469727</v>
       </c>
       <c r="G235" s="5">
-        <v>2.4000000953674316</v>
+        <v>3.5099999904632568</v>
       </c>
       <c r="H235" s="5">
-        <v>2.2000000476837158</v>
+        <v>3.309999942779541</v>
       </c>
       <c r="I235" s="6"/>
       <c r="J235" s="5">
         <f>IF( 5000&gt;K4,K235,IF( 10000&gt;L4,L235,IF( 15000&gt;M4,M235,IF( 20000&gt;N4,N235,O235))))</f>
       </c>
       <c r="K235" s="0">
         <f>D235*I235</f>
       </c>
       <c r="L235" s="0">
         <f>E235*I235</f>
       </c>
       <c r="M235" s="0">
         <f>F235*I235</f>
       </c>
       <c r="N235" s="0">
         <f>G235*I235</f>
       </c>
       <c r="O235" s="0">
         <f>H235*I235</f>
       </c>
     </row>
     <row r="236" ht="45" customHeight="1" outlineLevel="1">
       <c r="A236" s="3"/>
       <c r="B236" s="2" t="s">
         <v>461</v>
       </c>
       <c r="C236" s="4" t="s">
         <v>462</v>
       </c>
       <c r="D236" s="5">
-        <v>3.5699999332427979</v>
+        <v>5.8400001525878906</v>
       </c>
       <c r="E236" s="5">
-        <v>3.5699999332427979</v>
+        <v>5.8400001525878906</v>
       </c>
       <c r="F236" s="5">
-        <v>3.1700000762939453</v>
+        <v>5.2399997711181641</v>
       </c>
       <c r="G236" s="5">
-        <v>2.9700000286102295</v>
+        <v>4.940000057220459</v>
       </c>
       <c r="H236" s="5">
-        <v>2.7699999809265137</v>
+        <v>4.6399998664855957</v>
       </c>
       <c r="I236" s="6"/>
       <c r="J236" s="5">
         <f>IF( 5000&gt;K4,K236,IF( 10000&gt;L4,L236,IF( 15000&gt;M4,M236,IF( 20000&gt;N4,N236,O236))))</f>
       </c>
       <c r="K236" s="0">
         <f>D236*I236</f>
       </c>
       <c r="L236" s="0">
         <f>E236*I236</f>
       </c>
       <c r="M236" s="0">
         <f>F236*I236</f>
       </c>
       <c r="N236" s="0">
         <f>G236*I236</f>
       </c>
       <c r="O236" s="0">
         <f>H236*I236</f>
       </c>
     </row>
     <row r="237" ht="45" customHeight="1" outlineLevel="1">
       <c r="A237" s="3"/>
       <c r="B237" s="2" t="s">
         <v>463</v>
       </c>
       <c r="C237" s="4" t="s">
         <v>464</v>
       </c>
       <c r="D237" s="5">
-        <v>4.1100001335144043</v>
+        <v>5.179999828338623</v>
       </c>
       <c r="E237" s="5">
-        <v>4.1100001335144043</v>
+        <v>5.179999828338623</v>
       </c>
       <c r="F237" s="5">
-        <v>3.7100000381469727</v>
+        <v>4.5799999237060547</v>
       </c>
       <c r="G237" s="5">
-        <v>3.5099999904632568</v>
+        <v>4.28000020980835</v>
       </c>
       <c r="H237" s="5">
-        <v>3.309999942779541</v>
+        <v>4.9800000190734863</v>
       </c>
       <c r="I237" s="6"/>
       <c r="J237" s="5">
         <f>IF( 5000&gt;K4,K237,IF( 10000&gt;L4,L237,IF( 15000&gt;M4,M237,IF( 20000&gt;N4,N237,O237))))</f>
       </c>
       <c r="K237" s="0">
         <f>D237*I237</f>
       </c>
       <c r="L237" s="0">
         <f>E237*I237</f>
       </c>
       <c r="M237" s="0">
         <f>F237*I237</f>
       </c>
       <c r="N237" s="0">
         <f>G237*I237</f>
       </c>
       <c r="O237" s="0">
         <f>H237*I237</f>
       </c>
     </row>
     <row r="238" ht="45" customHeight="1" outlineLevel="1">
       <c r="A238" s="3"/>
       <c r="B238" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C238" s="4" t="s">
         <v>466</v>
       </c>
       <c r="D238" s="5">
-        <v>5.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="E238" s="5">
-        <v>5.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="F238" s="5">
-        <v>5.2399997711181641</v>
+        <v>0</v>
       </c>
       <c r="G238" s="5">
-        <v>4.940000057220459</v>
+        <v>0</v>
       </c>
       <c r="H238" s="5">
-        <v>4.6399998664855957</v>
+        <v>0</v>
       </c>
       <c r="I238" s="6"/>
       <c r="J238" s="5">
         <f>IF( 5000&gt;K4,K238,IF( 10000&gt;L4,L238,IF( 15000&gt;M4,M238,IF( 20000&gt;N4,N238,O238))))</f>
       </c>
       <c r="K238" s="0">
         <f>D238*I238</f>
       </c>
       <c r="L238" s="0">
         <f>E238*I238</f>
       </c>
       <c r="M238" s="0">
         <f>F238*I238</f>
       </c>
       <c r="N238" s="0">
         <f>G238*I238</f>
       </c>
       <c r="O238" s="0">
         <f>H238*I238</f>
       </c>
     </row>
     <row r="239" ht="45" customHeight="1" outlineLevel="1">
       <c r="A239" s="3"/>
       <c r="B239" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C239" s="4" t="s">
         <v>468</v>
       </c>
       <c r="D239" s="5">
-        <v>5.179999828338623</v>
+        <v>6.8400001525878906</v>
       </c>
       <c r="E239" s="5">
-        <v>5.179999828338623</v>
+        <v>6.8400001525878906</v>
       </c>
       <c r="F239" s="5">
-        <v>4.5799999237060547</v>
+        <v>6.2399997711181641</v>
       </c>
       <c r="G239" s="5">
-        <v>4.28000020980835</v>
+        <v>5.940000057220459</v>
       </c>
       <c r="H239" s="5">
-        <v>4.9800000190734863</v>
+        <v>5.6399998664855957</v>
       </c>
       <c r="I239" s="6"/>
       <c r="J239" s="5">
         <f>IF( 5000&gt;K4,K239,IF( 10000&gt;L4,L239,IF( 15000&gt;M4,M239,IF( 20000&gt;N4,N239,O239))))</f>
       </c>
       <c r="K239" s="0">
         <f>D239*I239</f>
       </c>
       <c r="L239" s="0">
         <f>E239*I239</f>
       </c>
       <c r="M239" s="0">
         <f>F239*I239</f>
       </c>
       <c r="N239" s="0">
         <f>G239*I239</f>
       </c>
       <c r="O239" s="0">
         <f>H239*I239</f>
       </c>
     </row>
     <row r="240" ht="45" customHeight="1" outlineLevel="1">
       <c r="A240" s="3"/>
       <c r="B240" s="2" t="s">
         <v>469</v>
       </c>
       <c r="C240" s="4" t="s">
         <v>470</v>
       </c>
       <c r="D240" s="5">
-        <v>0</v>
+        <v>7.380000114440918</v>
       </c>
       <c r="E240" s="5">
-        <v>0</v>
+        <v>7.380000114440918</v>
       </c>
       <c r="F240" s="5">
-        <v>0</v>
+        <v>6.78000020980835</v>
       </c>
       <c r="G240" s="5">
-        <v>0</v>
+        <v>6.4800000190734863</v>
       </c>
       <c r="H240" s="5">
-        <v>0</v>
+        <v>6.179999828338623</v>
       </c>
       <c r="I240" s="6"/>
       <c r="J240" s="5">
         <f>IF( 5000&gt;K4,K240,IF( 10000&gt;L4,L240,IF( 15000&gt;M4,M240,IF( 20000&gt;N4,N240,O240))))</f>
       </c>
       <c r="K240" s="0">
         <f>D240*I240</f>
       </c>
       <c r="L240" s="0">
         <f>E240*I240</f>
       </c>
       <c r="M240" s="0">
         <f>F240*I240</f>
       </c>
       <c r="N240" s="0">
         <f>G240*I240</f>
       </c>
       <c r="O240" s="0">
         <f>H240*I240</f>
       </c>
     </row>
     <row r="241" ht="45" customHeight="1" outlineLevel="1">
       <c r="A241" s="3"/>
       <c r="B241" s="2" t="s">
         <v>471</v>
       </c>
       <c r="C241" s="4" t="s">
         <v>472</v>
       </c>
       <c r="D241" s="5">
-        <v>6.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="E241" s="5">
-        <v>6.8400001525878906</v>
+        <v>0</v>
       </c>
       <c r="F241" s="5">
-        <v>6.2399997711181641</v>
+        <v>0</v>
       </c>
       <c r="G241" s="5">
-        <v>5.940000057220459</v>
+        <v>0</v>
       </c>
       <c r="H241" s="5">
-        <v>5.6399998664855957</v>
+        <v>0</v>
       </c>
       <c r="I241" s="6"/>
       <c r="J241" s="5">
         <f>IF( 5000&gt;K4,K241,IF( 10000&gt;L4,L241,IF( 15000&gt;M4,M241,IF( 20000&gt;N4,N241,O241))))</f>
       </c>
       <c r="K241" s="0">
         <f>D241*I241</f>
       </c>
       <c r="L241" s="0">
         <f>E241*I241</f>
       </c>
       <c r="M241" s="0">
         <f>F241*I241</f>
       </c>
       <c r="N241" s="0">
         <f>G241*I241</f>
       </c>
       <c r="O241" s="0">
         <f>H241*I241</f>
       </c>
     </row>
     <row r="242" ht="45" customHeight="1" outlineLevel="1">
       <c r="A242" s="3"/>
       <c r="B242" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C242" s="4" t="s">
         <v>474</v>
       </c>
       <c r="D242" s="5">
-        <v>7.380000114440918</v>
+        <v>8.8900003433227539</v>
       </c>
       <c r="E242" s="5">
-        <v>7.380000114440918</v>
+        <v>8.8900003433227539</v>
       </c>
       <c r="F242" s="5">
-        <v>6.78000020980835</v>
+        <v>8.09000015258789</v>
       </c>
       <c r="G242" s="5">
-        <v>6.4800000190734863</v>
+        <v>7.690000057220459</v>
       </c>
       <c r="H242" s="5">
-        <v>6.179999828338623</v>
+        <v>7.2899999618530273</v>
       </c>
       <c r="I242" s="6"/>
       <c r="J242" s="5">
         <f>IF( 5000&gt;K4,K242,IF( 10000&gt;L4,L242,IF( 15000&gt;M4,M242,IF( 20000&gt;N4,N242,O242))))</f>
       </c>
       <c r="K242" s="0">
         <f>D242*I242</f>
       </c>
       <c r="L242" s="0">
         <f>E242*I242</f>
       </c>
       <c r="M242" s="0">
         <f>F242*I242</f>
       </c>
       <c r="N242" s="0">
         <f>G242*I242</f>
       </c>
       <c r="O242" s="0">
         <f>H242*I242</f>
       </c>
     </row>
     <row r="243" ht="45" customHeight="1" outlineLevel="1">
       <c r="A243" s="3"/>
       <c r="B243" s="2" t="s">
         <v>475</v>
       </c>
       <c r="C243" s="4" t="s">
         <v>476</v>
       </c>
       <c r="D243" s="5">
-        <v>0</v>
+        <v>10.4399995803833</v>
       </c>
       <c r="E243" s="5">
-        <v>0</v>
+        <v>10.4399995803833</v>
       </c>
       <c r="F243" s="5">
-        <v>0</v>
+        <v>9.6400003433227539</v>
       </c>
       <c r="G243" s="5">
-        <v>0</v>
+        <v>9.2399997711181641</v>
       </c>
       <c r="H243" s="5">
-        <v>0</v>
+        <v>8.84000015258789</v>
       </c>
       <c r="I243" s="6"/>
       <c r="J243" s="5">
         <f>IF( 5000&gt;K4,K243,IF( 10000&gt;L4,L243,IF( 15000&gt;M4,M243,IF( 20000&gt;N4,N243,O243))))</f>
       </c>
       <c r="K243" s="0">
         <f>D243*I243</f>
       </c>
       <c r="L243" s="0">
         <f>E243*I243</f>
       </c>
       <c r="M243" s="0">
         <f>F243*I243</f>
       </c>
       <c r="N243" s="0">
         <f>G243*I243</f>
       </c>
       <c r="O243" s="0">
         <f>H243*I243</f>
       </c>
     </row>
     <row r="244" ht="45" customHeight="1" outlineLevel="1">
       <c r="A244" s="3"/>
       <c r="B244" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C244" s="4" t="s">
         <v>478</v>
       </c>
       <c r="D244" s="5">
-        <v>8.8900003433227539</v>
+        <v>15.260000228881836</v>
       </c>
       <c r="E244" s="5">
-        <v>8.8900003433227539</v>
+        <v>15.260000228881836</v>
       </c>
       <c r="F244" s="5">
-        <v>8.09000015258789</v>
+        <v>14.260000228881836</v>
       </c>
       <c r="G244" s="5">
-        <v>7.690000057220459</v>
+        <v>13.760000228881836</v>
       </c>
       <c r="H244" s="5">
-        <v>7.2899999618530273</v>
+        <v>13.260000228881836</v>
       </c>
       <c r="I244" s="6"/>
       <c r="J244" s="5">
         <f>IF( 5000&gt;K4,K244,IF( 10000&gt;L4,L244,IF( 15000&gt;M4,M244,IF( 20000&gt;N4,N244,O244))))</f>
       </c>
       <c r="K244" s="0">
         <f>D244*I244</f>
       </c>
       <c r="L244" s="0">
         <f>E244*I244</f>
       </c>
       <c r="M244" s="0">
         <f>F244*I244</f>
       </c>
       <c r="N244" s="0">
         <f>G244*I244</f>
       </c>
       <c r="O244" s="0">
         <f>H244*I244</f>
       </c>
     </row>
     <row r="245" ht="45" customHeight="1" outlineLevel="1">
       <c r="A245" s="3"/>
       <c r="B245" s="2" t="s">
         <v>479</v>
       </c>
       <c r="C245" s="4" t="s">
         <v>480</v>
       </c>
       <c r="D245" s="5">
-        <v>10.4399995803833</v>
+        <v>21.889999389648438</v>
       </c>
       <c r="E245" s="5">
-        <v>10.4399995803833</v>
+        <v>21.889999389648438</v>
       </c>
       <c r="F245" s="5">
-        <v>9.6400003433227539</v>
+        <v>20.889999389648438</v>
       </c>
       <c r="G245" s="5">
-        <v>9.2399997711181641</v>
+        <v>20.389999389648438</v>
       </c>
       <c r="H245" s="5">
-        <v>8.84000015258789</v>
+        <v>19.889999389648438</v>
       </c>
       <c r="I245" s="6"/>
       <c r="J245" s="5">
         <f>IF( 5000&gt;K4,K245,IF( 10000&gt;L4,L245,IF( 15000&gt;M4,M245,IF( 20000&gt;N4,N245,O245))))</f>
       </c>
       <c r="K245" s="0">
         <f>D245*I245</f>
       </c>
       <c r="L245" s="0">
         <f>E245*I245</f>
       </c>
       <c r="M245" s="0">
         <f>F245*I245</f>
       </c>
       <c r="N245" s="0">
         <f>G245*I245</f>
       </c>
       <c r="O245" s="0">
         <f>H245*I245</f>
       </c>
     </row>
-    <row r="246" ht="45" customHeight="1" outlineLevel="1">
-[...1 lines deleted...]
-      <c r="B246" s="2" t="s">
+    <row r="246">
+      <c r="A246" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="C246" s="4" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="B246" s="1"/>
+      <c r="C246" s="1"/>
+      <c r="D246" s="1"/>
+      <c r="E246" s="1"/>
+      <c r="F246" s="1"/>
+      <c r="G246" s="1"/>
+      <c r="H246" s="1"/>
+      <c r="I246" s="1"/>
+      <c r="J246" s="1"/>
     </row>
     <row r="247" ht="45" customHeight="1" outlineLevel="1">
       <c r="A247" s="3"/>
       <c r="B247" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C247" s="4" t="s">
         <v>483</v>
       </c>
-      <c r="C247" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D247" s="5">
-        <v>21.889999389648438</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="E247" s="5">
-        <v>21.889999389648438</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="F247" s="5">
-        <v>20.889999389648438</v>
+        <v>4.5</v>
       </c>
       <c r="G247" s="5">
-        <v>20.389999389648438</v>
+        <v>4.1999998092651367</v>
       </c>
       <c r="H247" s="5">
-        <v>19.889999389648438</v>
+        <v>3.9000000953674316</v>
       </c>
       <c r="I247" s="6"/>
       <c r="J247" s="5">
         <f>IF( 5000&gt;K4,K247,IF( 10000&gt;L4,L247,IF( 15000&gt;M4,M247,IF( 20000&gt;N4,N247,O247))))</f>
       </c>
       <c r="K247" s="0">
         <f>D247*I247</f>
       </c>
       <c r="L247" s="0">
         <f>E247*I247</f>
       </c>
       <c r="M247" s="0">
         <f>F247*I247</f>
       </c>
       <c r="N247" s="0">
         <f>G247*I247</f>
       </c>
       <c r="O247" s="0">
         <f>H247*I247</f>
       </c>
     </row>
-    <row r="248">
-      <c r="A248" s="1" t="s">
+    <row r="248" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A248" s="3"/>
+      <c r="B248" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C248" s="4" t="s">
         <v>485</v>
       </c>
-      <c r="B248" s="1"/>
-[...7 lines deleted...]
-      <c r="J248" s="1"/>
+      <c r="D248" s="5">
+        <v>5.880000114440918</v>
+      </c>
+      <c r="E248" s="5">
+        <v>5.880000114440918</v>
+      </c>
+      <c r="F248" s="5">
+        <v>5.4600000381469727</v>
+      </c>
+      <c r="G248" s="5">
+        <v>5.25</v>
+      </c>
+      <c r="H248" s="5">
+        <v>5.0399999618530273</v>
+      </c>
+      <c r="I248" s="6"/>
+      <c r="J248" s="5">
+        <f>IF( 5000&gt;K4,K248,IF( 10000&gt;L4,L248,IF( 15000&gt;M4,M248,IF( 20000&gt;N4,N248,O248))))</f>
+      </c>
+      <c r="K248" s="0">
+        <f>D248*I248</f>
+      </c>
+      <c r="L248" s="0">
+        <f>E248*I248</f>
+      </c>
+      <c r="M248" s="0">
+        <f>F248*I248</f>
+      </c>
+      <c r="N248" s="0">
+        <f>G248*I248</f>
+      </c>
+      <c r="O248" s="0">
+        <f>H248*I248</f>
+      </c>
     </row>
     <row r="249" ht="45" customHeight="1" outlineLevel="1">
       <c r="A249" s="3"/>
       <c r="B249" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>487</v>
       </c>
       <c r="D249" s="5">
-        <v>5.1999998092651367</v>
+        <v>5</v>
       </c>
       <c r="E249" s="5">
-        <v>5.1999998092651367</v>
+        <v>5</v>
       </c>
       <c r="F249" s="5">
-        <v>4.5</v>
+        <v>4.4000000953674316</v>
       </c>
       <c r="G249" s="5">
-        <v>4.1999998092651367</v>
+        <v>4.0999999046325684</v>
       </c>
       <c r="H249" s="5">
-        <v>3.9000000953674316</v>
+        <v>3.7999999523162842</v>
       </c>
       <c r="I249" s="6"/>
       <c r="J249" s="5">
         <f>IF( 5000&gt;K4,K249,IF( 10000&gt;L4,L249,IF( 15000&gt;M4,M249,IF( 20000&gt;N4,N249,O249))))</f>
       </c>
       <c r="K249" s="0">
         <f>D249*I249</f>
       </c>
       <c r="L249" s="0">
         <f>E249*I249</f>
       </c>
       <c r="M249" s="0">
         <f>F249*I249</f>
       </c>
       <c r="N249" s="0">
         <f>G249*I249</f>
       </c>
       <c r="O249" s="0">
         <f>H249*I249</f>
       </c>
     </row>
     <row r="250" ht="45" customHeight="1" outlineLevel="1">
       <c r="A250" s="3"/>
       <c r="B250" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C250" s="4" t="s">
         <v>489</v>
       </c>
       <c r="D250" s="5">
-        <v>5.880000114440918</v>
+        <v>8</v>
       </c>
       <c r="E250" s="5">
-        <v>5.880000114440918</v>
+        <v>8</v>
       </c>
       <c r="F250" s="5">
-        <v>5.4600000381469727</v>
+        <v>6.5999999046325684</v>
       </c>
       <c r="G250" s="5">
-        <v>5.25</v>
+        <v>5.8000001907348633</v>
       </c>
       <c r="H250" s="5">
-        <v>5.0399999618530273</v>
+        <v>5</v>
       </c>
       <c r="I250" s="6"/>
       <c r="J250" s="5">
         <f>IF( 5000&gt;K4,K250,IF( 10000&gt;L4,L250,IF( 15000&gt;M4,M250,IF( 20000&gt;N4,N250,O250))))</f>
       </c>
       <c r="K250" s="0">
         <f>D250*I250</f>
       </c>
       <c r="L250" s="0">
         <f>E250*I250</f>
       </c>
       <c r="M250" s="0">
         <f>F250*I250</f>
       </c>
       <c r="N250" s="0">
         <f>G250*I250</f>
       </c>
       <c r="O250" s="0">
         <f>H250*I250</f>
       </c>
     </row>
     <row r="251" ht="45" customHeight="1" outlineLevel="1">
       <c r="A251" s="3"/>
       <c r="B251" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C251" s="4" t="s">
         <v>491</v>
       </c>
       <c r="D251" s="5">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E251" s="5">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F251" s="5">
-        <v>4.4000000953674316</v>
+        <v>9</v>
       </c>
       <c r="G251" s="5">
-        <v>4.0999999046325684</v>
+        <v>8</v>
       </c>
       <c r="H251" s="5">
-        <v>3.7999999523162842</v>
+        <v>7</v>
       </c>
       <c r="I251" s="6"/>
       <c r="J251" s="5">
         <f>IF( 5000&gt;K4,K251,IF( 10000&gt;L4,L251,IF( 15000&gt;M4,M251,IF( 20000&gt;N4,N251,O251))))</f>
       </c>
       <c r="K251" s="0">
         <f>D251*I251</f>
       </c>
       <c r="L251" s="0">
         <f>E251*I251</f>
       </c>
       <c r="M251" s="0">
         <f>F251*I251</f>
       </c>
       <c r="N251" s="0">
         <f>G251*I251</f>
       </c>
       <c r="O251" s="0">
         <f>H251*I251</f>
       </c>
     </row>
     <row r="252" ht="45" customHeight="1" outlineLevel="1">
       <c r="A252" s="3"/>
       <c r="B252" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>493</v>
       </c>
       <c r="D252" s="5">
-        <v>8</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="E252" s="5">
-        <v>8</v>
+        <v>9.8000001907348633</v>
       </c>
       <c r="F252" s="5">
-        <v>6.5999999046325684</v>
+        <v>8.3999996185302734</v>
       </c>
       <c r="G252" s="5">
-        <v>5.8000001907348633</v>
+        <v>7.6999998092651367</v>
       </c>
       <c r="H252" s="5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I252" s="6"/>
       <c r="J252" s="5">
         <f>IF( 5000&gt;K4,K252,IF( 10000&gt;L4,L252,IF( 15000&gt;M4,M252,IF( 20000&gt;N4,N252,O252))))</f>
       </c>
       <c r="K252" s="0">
         <f>D252*I252</f>
       </c>
       <c r="L252" s="0">
         <f>E252*I252</f>
       </c>
       <c r="M252" s="0">
         <f>F252*I252</f>
       </c>
       <c r="N252" s="0">
         <f>G252*I252</f>
       </c>
       <c r="O252" s="0">
         <f>H252*I252</f>
       </c>
     </row>
     <row r="253" ht="45" customHeight="1" outlineLevel="1">
       <c r="A253" s="3"/>
       <c r="B253" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C253" s="4" t="s">
         <v>495</v>
       </c>
       <c r="D253" s="5">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E253" s="5">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F253" s="5">
-        <v>9</v>
+        <v>11.399999618530273</v>
       </c>
       <c r="G253" s="5">
-        <v>8</v>
+        <v>10.399999618530273</v>
       </c>
       <c r="H253" s="5">
-        <v>7</v>
+        <v>9.3999996185302734</v>
       </c>
       <c r="I253" s="6"/>
       <c r="J253" s="5">
         <f>IF( 5000&gt;K4,K253,IF( 10000&gt;L4,L253,IF( 15000&gt;M4,M253,IF( 20000&gt;N4,N253,O253))))</f>
       </c>
       <c r="K253" s="0">
         <f>D253*I253</f>
       </c>
       <c r="L253" s="0">
         <f>E253*I253</f>
       </c>
       <c r="M253" s="0">
         <f>F253*I253</f>
       </c>
       <c r="N253" s="0">
         <f>G253*I253</f>
       </c>
       <c r="O253" s="0">
         <f>H253*I253</f>
       </c>
     </row>
     <row r="254" ht="45" customHeight="1" outlineLevel="1">
       <c r="A254" s="3"/>
       <c r="B254" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C254" s="4" t="s">
         <v>497</v>
       </c>
       <c r="D254" s="5">
-        <v>9.8000001907348633</v>
+        <v>11.100000381469727</v>
       </c>
       <c r="E254" s="5">
-        <v>9.8000001907348633</v>
+        <v>11.100000381469727</v>
       </c>
       <c r="F254" s="5">
+        <v>9.6999998092651367</v>
+      </c>
+      <c r="G254" s="5">
+        <v>9.1000003814697266</v>
+      </c>
+      <c r="H254" s="5">
         <v>8.3999996185302734</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
       <c r="I254" s="6"/>
       <c r="J254" s="5">
         <f>IF( 5000&gt;K4,K254,IF( 10000&gt;L4,L254,IF( 15000&gt;M4,M254,IF( 20000&gt;N4,N254,O254))))</f>
       </c>
       <c r="K254" s="0">
         <f>D254*I254</f>
       </c>
       <c r="L254" s="0">
         <f>E254*I254</f>
       </c>
       <c r="M254" s="0">
         <f>F254*I254</f>
       </c>
       <c r="N254" s="0">
         <f>G254*I254</f>
       </c>
       <c r="O254" s="0">
         <f>H254*I254</f>
       </c>
     </row>
     <row r="255" ht="45" customHeight="1" outlineLevel="1">
       <c r="A255" s="3"/>
       <c r="B255" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>499</v>
       </c>
       <c r="D255" s="5">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="E255" s="5">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F255" s="5">
-        <v>11.399999618530273</v>
+        <v>18</v>
       </c>
       <c r="G255" s="5">
-        <v>10.399999618530273</v>
+        <v>16.5</v>
       </c>
       <c r="H255" s="5">
-        <v>9.3999996185302734</v>
+        <v>15</v>
       </c>
       <c r="I255" s="6"/>
       <c r="J255" s="5">
         <f>IF( 5000&gt;K4,K255,IF( 10000&gt;L4,L255,IF( 15000&gt;M4,M255,IF( 20000&gt;N4,N255,O255))))</f>
       </c>
       <c r="K255" s="0">
         <f>D255*I255</f>
       </c>
       <c r="L255" s="0">
         <f>E255*I255</f>
       </c>
       <c r="M255" s="0">
         <f>F255*I255</f>
       </c>
       <c r="N255" s="0">
         <f>G255*I255</f>
       </c>
       <c r="O255" s="0">
         <f>H255*I255</f>
       </c>
     </row>
     <row r="256" ht="45" customHeight="1" outlineLevel="1">
       <c r="A256" s="3"/>
       <c r="B256" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C256" s="4" t="s">
         <v>501</v>
       </c>
       <c r="D256" s="5">
-        <v>11.100000381469727</v>
+        <v>9.5</v>
       </c>
       <c r="E256" s="5">
-        <v>11.100000381469727</v>
+        <v>9.5</v>
       </c>
       <c r="F256" s="5">
-        <v>9.6999998092651367</v>
+        <v>8.1000003814697266</v>
       </c>
       <c r="G256" s="5">
-        <v>9.1000003814697266</v>
+        <v>7.1999998092651367</v>
       </c>
       <c r="H256" s="5">
-        <v>8.3999996185302734</v>
+        <v>6.5</v>
       </c>
       <c r="I256" s="6"/>
       <c r="J256" s="5">
         <f>IF( 5000&gt;K4,K256,IF( 10000&gt;L4,L256,IF( 15000&gt;M4,M256,IF( 20000&gt;N4,N256,O256))))</f>
       </c>
       <c r="K256" s="0">
         <f>D256*I256</f>
       </c>
       <c r="L256" s="0">
         <f>E256*I256</f>
       </c>
       <c r="M256" s="0">
         <f>F256*I256</f>
       </c>
       <c r="N256" s="0">
         <f>G256*I256</f>
       </c>
       <c r="O256" s="0">
         <f>H256*I256</f>
       </c>
     </row>
     <row r="257" ht="45" customHeight="1" outlineLevel="1">
       <c r="A257" s="3"/>
       <c r="B257" s="2" t="s">
         <v>502</v>
       </c>
       <c r="C257" s="4" t="s">
         <v>503</v>
       </c>
       <c r="D257" s="5">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E257" s="5">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F257" s="5">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G257" s="5">
-        <v>16.5</v>
+        <v>13.5</v>
       </c>
       <c r="H257" s="5">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I257" s="6"/>
       <c r="J257" s="5">
         <f>IF( 5000&gt;K4,K257,IF( 10000&gt;L4,L257,IF( 15000&gt;M4,M257,IF( 20000&gt;N4,N257,O257))))</f>
       </c>
       <c r="K257" s="0">
         <f>D257*I257</f>
       </c>
       <c r="L257" s="0">
         <f>E257*I257</f>
       </c>
       <c r="M257" s="0">
         <f>F257*I257</f>
       </c>
       <c r="N257" s="0">
         <f>G257*I257</f>
       </c>
       <c r="O257" s="0">
         <f>H257*I257</f>
       </c>
     </row>
     <row r="258" ht="45" customHeight="1" outlineLevel="1">
       <c r="A258" s="3"/>
       <c r="B258" s="2" t="s">
         <v>504</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>505</v>
       </c>
       <c r="D258" s="5">
-        <v>9.5</v>
+        <v>5</v>
       </c>
       <c r="E258" s="5">
-        <v>9.5</v>
+        <v>5</v>
       </c>
       <c r="F258" s="5">
-        <v>8.1000003814697266</v>
+        <v>4</v>
       </c>
       <c r="G258" s="5">
-        <v>7.1999998092651367</v>
+        <v>3.5</v>
       </c>
       <c r="H258" s="5">
-        <v>6.5</v>
+        <v>3</v>
       </c>
       <c r="I258" s="6"/>
       <c r="J258" s="5">
         <f>IF( 5000&gt;K4,K258,IF( 10000&gt;L4,L258,IF( 15000&gt;M4,M258,IF( 20000&gt;N4,N258,O258))))</f>
       </c>
       <c r="K258" s="0">
         <f>D258*I258</f>
       </c>
       <c r="L258" s="0">
         <f>E258*I258</f>
       </c>
       <c r="M258" s="0">
         <f>F258*I258</f>
       </c>
       <c r="N258" s="0">
         <f>G258*I258</f>
       </c>
       <c r="O258" s="0">
         <f>H258*I258</f>
       </c>
     </row>
     <row r="259" ht="45" customHeight="1" outlineLevel="1">
       <c r="A259" s="3"/>
       <c r="B259" s="2" t="s">
         <v>506</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>507</v>
       </c>
       <c r="D259" s="5">
-        <v>17</v>
+        <v>20.5</v>
       </c>
       <c r="E259" s="5">
-        <v>17</v>
+        <v>20.5</v>
       </c>
       <c r="F259" s="5">
-        <v>15</v>
+        <v>19.399999618530273</v>
       </c>
       <c r="G259" s="5">
-        <v>13.5</v>
+        <v>18.299999237060547</v>
       </c>
       <c r="H259" s="5">
-        <v>12</v>
+        <v>15.399999618530273</v>
       </c>
       <c r="I259" s="6"/>
       <c r="J259" s="5">
         <f>IF( 5000&gt;K4,K259,IF( 10000&gt;L4,L259,IF( 15000&gt;M4,M259,IF( 20000&gt;N4,N259,O259))))</f>
       </c>
       <c r="K259" s="0">
         <f>D259*I259</f>
       </c>
       <c r="L259" s="0">
         <f>E259*I259</f>
       </c>
       <c r="M259" s="0">
         <f>F259*I259</f>
       </c>
       <c r="N259" s="0">
         <f>G259*I259</f>
       </c>
       <c r="O259" s="0">
         <f>H259*I259</f>
       </c>
     </row>
     <row r="260" ht="45" customHeight="1" outlineLevel="1">
       <c r="A260" s="3"/>
       <c r="B260" s="2" t="s">
         <v>508</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>509</v>
       </c>
       <c r="D260" s="5">
-        <v>5</v>
+        <v>10.5</v>
       </c>
       <c r="E260" s="5">
-        <v>5</v>
+        <v>10.5</v>
       </c>
       <c r="F260" s="5">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="G260" s="5">
-        <v>3.5</v>
+        <v>8</v>
       </c>
       <c r="H260" s="5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I260" s="6"/>
       <c r="J260" s="5">
         <f>IF( 5000&gt;K4,K260,IF( 10000&gt;L4,L260,IF( 15000&gt;M4,M260,IF( 20000&gt;N4,N260,O260))))</f>
       </c>
       <c r="K260" s="0">
         <f>D260*I260</f>
       </c>
       <c r="L260" s="0">
         <f>E260*I260</f>
       </c>
       <c r="M260" s="0">
         <f>F260*I260</f>
       </c>
       <c r="N260" s="0">
         <f>G260*I260</f>
       </c>
       <c r="O260" s="0">
         <f>H260*I260</f>
       </c>
     </row>
     <row r="261" ht="45" customHeight="1" outlineLevel="1">
       <c r="A261" s="3"/>
       <c r="B261" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C261" s="4" t="s">
         <v>511</v>
       </c>
       <c r="D261" s="5">
-        <v>20.5</v>
+        <v>14.5</v>
       </c>
       <c r="E261" s="5">
-        <v>20.5</v>
+        <v>14.5</v>
       </c>
       <c r="F261" s="5">
-        <v>19.399999618530273</v>
+        <v>12.600000381469727</v>
       </c>
       <c r="G261" s="5">
-        <v>18.299999237060547</v>
+        <v>11.800000190734863</v>
       </c>
       <c r="H261" s="5">
-        <v>15.399999618530273</v>
+        <v>11</v>
       </c>
       <c r="I261" s="6"/>
       <c r="J261" s="5">
         <f>IF( 5000&gt;K4,K261,IF( 10000&gt;L4,L261,IF( 15000&gt;M4,M261,IF( 20000&gt;N4,N261,O261))))</f>
       </c>
       <c r="K261" s="0">
         <f>D261*I261</f>
       </c>
       <c r="L261" s="0">
         <f>E261*I261</f>
       </c>
       <c r="M261" s="0">
         <f>F261*I261</f>
       </c>
       <c r="N261" s="0">
         <f>G261*I261</f>
       </c>
       <c r="O261" s="0">
         <f>H261*I261</f>
       </c>
     </row>
     <row r="262" ht="45" customHeight="1" outlineLevel="1">
       <c r="A262" s="3"/>
       <c r="B262" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C262" s="4" t="s">
         <v>513</v>
       </c>
       <c r="D262" s="5">
-        <v>10.5</v>
+        <v>31</v>
       </c>
       <c r="E262" s="5">
-        <v>10.5</v>
+        <v>31</v>
       </c>
       <c r="F262" s="5">
-        <v>9</v>
+        <v>28.5</v>
       </c>
       <c r="G262" s="5">
-        <v>8</v>
+        <v>26.5</v>
       </c>
       <c r="H262" s="5">
-        <v>7</v>
+        <v>23.600000381469727</v>
       </c>
       <c r="I262" s="6"/>
       <c r="J262" s="5">
         <f>IF( 5000&gt;K4,K262,IF( 10000&gt;L4,L262,IF( 15000&gt;M4,M262,IF( 20000&gt;N4,N262,O262))))</f>
       </c>
       <c r="K262" s="0">
         <f>D262*I262</f>
       </c>
       <c r="L262" s="0">
         <f>E262*I262</f>
       </c>
       <c r="M262" s="0">
         <f>F262*I262</f>
       </c>
       <c r="N262" s="0">
         <f>G262*I262</f>
       </c>
       <c r="O262" s="0">
         <f>H262*I262</f>
       </c>
     </row>
     <row r="263" ht="45" customHeight="1" outlineLevel="1">
       <c r="A263" s="3"/>
       <c r="B263" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C263" s="4" t="s">
         <v>515</v>
       </c>
       <c r="D263" s="5">
-        <v>14.5</v>
+        <v>33</v>
       </c>
       <c r="E263" s="5">
-        <v>14.5</v>
+        <v>33</v>
       </c>
       <c r="F263" s="5">
-        <v>12.600000381469727</v>
+        <v>27</v>
       </c>
       <c r="G263" s="5">
-        <v>11.800000190734863</v>
+        <v>24</v>
       </c>
       <c r="H263" s="5">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="I263" s="6"/>
       <c r="J263" s="5">
         <f>IF( 5000&gt;K4,K263,IF( 10000&gt;L4,L263,IF( 15000&gt;M4,M263,IF( 20000&gt;N4,N263,O263))))</f>
       </c>
       <c r="K263" s="0">
         <f>D263*I263</f>
       </c>
       <c r="L263" s="0">
         <f>E263*I263</f>
       </c>
       <c r="M263" s="0">
         <f>F263*I263</f>
       </c>
       <c r="N263" s="0">
         <f>G263*I263</f>
       </c>
       <c r="O263" s="0">
         <f>H263*I263</f>
       </c>
     </row>
     <row r="264" ht="45" customHeight="1" outlineLevel="1">
       <c r="A264" s="3"/>
       <c r="B264" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C264" s="4" t="s">
         <v>517</v>
       </c>
       <c r="D264" s="5">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="E264" s="5">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F264" s="5">
-        <v>28.5</v>
+        <v>13</v>
       </c>
       <c r="G264" s="5">
-        <v>26.5</v>
+        <v>12</v>
       </c>
       <c r="H264" s="5">
-        <v>23.600000381469727</v>
+        <v>11</v>
       </c>
       <c r="I264" s="6"/>
       <c r="J264" s="5">
         <f>IF( 5000&gt;K4,K264,IF( 10000&gt;L4,L264,IF( 15000&gt;M4,M264,IF( 20000&gt;N4,N264,O264))))</f>
       </c>
       <c r="K264" s="0">
         <f>D264*I264</f>
       </c>
       <c r="L264" s="0">
         <f>E264*I264</f>
       </c>
       <c r="M264" s="0">
         <f>F264*I264</f>
       </c>
       <c r="N264" s="0">
         <f>G264*I264</f>
       </c>
       <c r="O264" s="0">
         <f>H264*I264</f>
       </c>
     </row>
     <row r="265" ht="45" customHeight="1" outlineLevel="1">
       <c r="A265" s="3"/>
       <c r="B265" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C265" s="4" t="s">
         <v>519</v>
       </c>
       <c r="D265" s="5">
-        <v>33</v>
+        <v>16.799999237060547</v>
       </c>
       <c r="E265" s="5">
-        <v>33</v>
+        <v>16.799999237060547</v>
       </c>
       <c r="F265" s="5">
-        <v>27</v>
+        <v>15.399999618530273</v>
       </c>
       <c r="G265" s="5">
-        <v>24</v>
+        <v>14.699999809265137</v>
       </c>
       <c r="H265" s="5">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="I265" s="6"/>
       <c r="J265" s="5">
         <f>IF( 5000&gt;K4,K265,IF( 10000&gt;L4,L265,IF( 15000&gt;M4,M265,IF( 20000&gt;N4,N265,O265))))</f>
       </c>
       <c r="K265" s="0">
         <f>D265*I265</f>
       </c>
       <c r="L265" s="0">
         <f>E265*I265</f>
       </c>
       <c r="M265" s="0">
         <f>F265*I265</f>
       </c>
       <c r="N265" s="0">
         <f>G265*I265</f>
       </c>
       <c r="O265" s="0">
         <f>H265*I265</f>
       </c>
     </row>
     <row r="266" ht="45" customHeight="1" outlineLevel="1">
       <c r="A266" s="3"/>
       <c r="B266" s="2" t="s">
         <v>520</v>
       </c>
       <c r="C266" s="4" t="s">
         <v>521</v>
       </c>
       <c r="D266" s="5">
-        <v>15</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="E266" s="5">
-        <v>15</v>
+        <v>8.1999998092651367</v>
       </c>
       <c r="F266" s="5">
-        <v>13</v>
+        <v>6.1999998092651367</v>
       </c>
       <c r="G266" s="5">
-        <v>12</v>
+        <v>5.1999998092651367</v>
       </c>
       <c r="H266" s="5">
-        <v>11</v>
+        <v>4.1999998092651367</v>
       </c>
       <c r="I266" s="6"/>
       <c r="J266" s="5">
         <f>IF( 5000&gt;K4,K266,IF( 10000&gt;L4,L266,IF( 15000&gt;M4,M266,IF( 20000&gt;N4,N266,O266))))</f>
       </c>
       <c r="K266" s="0">
         <f>D266*I266</f>
       </c>
       <c r="L266" s="0">
         <f>E266*I266</f>
       </c>
       <c r="M266" s="0">
         <f>F266*I266</f>
       </c>
       <c r="N266" s="0">
         <f>G266*I266</f>
       </c>
       <c r="O266" s="0">
         <f>H266*I266</f>
       </c>
     </row>
     <row r="267" ht="45" customHeight="1" outlineLevel="1">
       <c r="A267" s="3"/>
       <c r="B267" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C267" s="4" t="s">
         <v>523</v>
       </c>
       <c r="D267" s="5">
-        <v>16.799999237060547</v>
+        <v>23</v>
       </c>
       <c r="E267" s="5">
-        <v>16.799999237060547</v>
+        <v>23</v>
       </c>
       <c r="F267" s="5">
-        <v>15.399999618530273</v>
+        <v>21.5</v>
       </c>
       <c r="G267" s="5">
-        <v>14.699999809265137</v>
+        <v>20.5</v>
       </c>
       <c r="H267" s="5">
-        <v>14</v>
+        <v>19.5</v>
       </c>
       <c r="I267" s="6"/>
       <c r="J267" s="5">
         <f>IF( 5000&gt;K4,K267,IF( 10000&gt;L4,L267,IF( 15000&gt;M4,M267,IF( 20000&gt;N4,N267,O267))))</f>
       </c>
       <c r="K267" s="0">
         <f>D267*I267</f>
       </c>
       <c r="L267" s="0">
         <f>E267*I267</f>
       </c>
       <c r="M267" s="0">
         <f>F267*I267</f>
       </c>
       <c r="N267" s="0">
         <f>G267*I267</f>
       </c>
       <c r="O267" s="0">
         <f>H267*I267</f>
       </c>
     </row>
     <row r="268" ht="45" customHeight="1" outlineLevel="1">
       <c r="A268" s="3"/>
       <c r="B268" s="2" t="s">
         <v>524</v>
       </c>
       <c r="C268" s="4" t="s">
         <v>525</v>
       </c>
       <c r="D268" s="5">
-        <v>8.1999998092651367</v>
+        <v>23.5</v>
       </c>
       <c r="E268" s="5">
-        <v>8.1999998092651367</v>
+        <v>23.5</v>
       </c>
       <c r="F268" s="5">
-        <v>6.1999998092651367</v>
+        <v>20.5</v>
       </c>
       <c r="G268" s="5">
-        <v>5.1999998092651367</v>
+        <v>19</v>
       </c>
       <c r="H268" s="5">
-        <v>4.1999998092651367</v>
+        <v>17.5</v>
       </c>
       <c r="I268" s="6"/>
       <c r="J268" s="5">
         <f>IF( 5000&gt;K4,K268,IF( 10000&gt;L4,L268,IF( 15000&gt;M4,M268,IF( 20000&gt;N4,N268,O268))))</f>
       </c>
       <c r="K268" s="0">
         <f>D268*I268</f>
       </c>
       <c r="L268" s="0">
         <f>E268*I268</f>
       </c>
       <c r="M268" s="0">
         <f>F268*I268</f>
       </c>
       <c r="N268" s="0">
         <f>G268*I268</f>
       </c>
       <c r="O268" s="0">
         <f>H268*I268</f>
       </c>
     </row>
     <row r="269" ht="45" customHeight="1" outlineLevel="1">
       <c r="A269" s="3"/>
       <c r="B269" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C269" s="4" t="s">
         <v>527</v>
       </c>
       <c r="D269" s="5">
-        <v>23</v>
+        <v>6.5</v>
       </c>
       <c r="E269" s="5">
-        <v>23</v>
+        <v>6.5</v>
       </c>
       <c r="F269" s="5">
-        <v>21.5</v>
+        <v>5.9000000953674316</v>
       </c>
       <c r="G269" s="5">
-        <v>20.5</v>
+        <v>4.9000000953674316</v>
       </c>
       <c r="H269" s="5">
-        <v>19.5</v>
+        <v>4.4000000953674316</v>
       </c>
       <c r="I269" s="6"/>
       <c r="J269" s="5">
         <f>IF( 5000&gt;K4,K269,IF( 10000&gt;L4,L269,IF( 15000&gt;M4,M269,IF( 20000&gt;N4,N269,O269))))</f>
       </c>
       <c r="K269" s="0">
         <f>D269*I269</f>
       </c>
       <c r="L269" s="0">
         <f>E269*I269</f>
       </c>
       <c r="M269" s="0">
         <f>F269*I269</f>
       </c>
       <c r="N269" s="0">
         <f>G269*I269</f>
       </c>
       <c r="O269" s="0">
         <f>H269*I269</f>
       </c>
     </row>
     <row r="270" ht="45" customHeight="1" outlineLevel="1">
       <c r="A270" s="3"/>
       <c r="B270" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C270" s="4" t="s">
         <v>529</v>
       </c>
       <c r="D270" s="5">
-        <v>23.5</v>
+        <v>6.9000000953674316</v>
       </c>
       <c r="E270" s="5">
-        <v>23.5</v>
+        <v>6.9000000953674316</v>
       </c>
       <c r="F270" s="5">
-        <v>20.5</v>
+        <v>6.3000001907348633</v>
       </c>
       <c r="G270" s="5">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="H270" s="5">
-        <v>17.5</v>
+        <v>5.6999998092651367</v>
       </c>
       <c r="I270" s="6"/>
       <c r="J270" s="5">
         <f>IF( 5000&gt;K4,K270,IF( 10000&gt;L4,L270,IF( 15000&gt;M4,M270,IF( 20000&gt;N4,N270,O270))))</f>
       </c>
       <c r="K270" s="0">
         <f>D270*I270</f>
       </c>
       <c r="L270" s="0">
         <f>E270*I270</f>
       </c>
       <c r="M270" s="0">
         <f>F270*I270</f>
       </c>
       <c r="N270" s="0">
         <f>G270*I270</f>
       </c>
       <c r="O270" s="0">
         <f>H270*I270</f>
       </c>
     </row>
     <row r="271" ht="45" customHeight="1" outlineLevel="1">
       <c r="A271" s="3"/>
       <c r="B271" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C271" s="4" t="s">
         <v>531</v>
       </c>
       <c r="D271" s="5">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="E271" s="5">
-        <v>6.5</v>
+        <v>5</v>
       </c>
       <c r="F271" s="5">
-        <v>5.9000000953674316</v>
+        <v>4</v>
       </c>
       <c r="G271" s="5">
-        <v>4.9000000953674316</v>
+        <v>3.5</v>
       </c>
       <c r="H271" s="5">
-        <v>4.4000000953674316</v>
+        <v>3</v>
       </c>
       <c r="I271" s="6"/>
       <c r="J271" s="5">
         <f>IF( 5000&gt;K4,K271,IF( 10000&gt;L4,L271,IF( 15000&gt;M4,M271,IF( 20000&gt;N4,N271,O271))))</f>
       </c>
       <c r="K271" s="0">
         <f>D271*I271</f>
       </c>
       <c r="L271" s="0">
         <f>E271*I271</f>
       </c>
       <c r="M271" s="0">
         <f>F271*I271</f>
       </c>
       <c r="N271" s="0">
         <f>G271*I271</f>
       </c>
       <c r="O271" s="0">
         <f>H271*I271</f>
       </c>
     </row>
     <row r="272" ht="45" customHeight="1" outlineLevel="1">
       <c r="A272" s="3"/>
       <c r="B272" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C272" s="4" t="s">
         <v>533</v>
       </c>
       <c r="D272" s="5">
-        <v>6.9000000953674316</v>
+        <v>5.5</v>
       </c>
       <c r="E272" s="5">
-        <v>6.9000000953674316</v>
+        <v>5.5</v>
       </c>
       <c r="F272" s="5">
-        <v>6.3000001907348633</v>
+        <v>4.5</v>
       </c>
       <c r="G272" s="5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="H272" s="5">
-        <v>5.6999998092651367</v>
+        <v>3.5</v>
       </c>
       <c r="I272" s="6"/>
       <c r="J272" s="5">
         <f>IF( 5000&gt;K4,K272,IF( 10000&gt;L4,L272,IF( 15000&gt;M4,M272,IF( 20000&gt;N4,N272,O272))))</f>
       </c>
       <c r="K272" s="0">
         <f>D272*I272</f>
       </c>
       <c r="L272" s="0">
         <f>E272*I272</f>
       </c>
       <c r="M272" s="0">
         <f>F272*I272</f>
       </c>
       <c r="N272" s="0">
         <f>G272*I272</f>
       </c>
       <c r="O272" s="0">
         <f>H272*I272</f>
       </c>
     </row>
     <row r="273" ht="45" customHeight="1" outlineLevel="1">
       <c r="A273" s="3"/>
       <c r="B273" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C273" s="4" t="s">
         <v>535</v>
       </c>
       <c r="D273" s="5">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="E273" s="5">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F273" s="5">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="G273" s="5">
-        <v>3.5</v>
+        <v>16.5</v>
       </c>
       <c r="H273" s="5">
-        <v>3</v>
+        <v>15.199999809265137</v>
       </c>
       <c r="I273" s="6"/>
       <c r="J273" s="5">
         <f>IF( 5000&gt;K4,K273,IF( 10000&gt;L4,L273,IF( 15000&gt;M4,M273,IF( 20000&gt;N4,N273,O273))))</f>
       </c>
       <c r="K273" s="0">
         <f>D273*I273</f>
       </c>
       <c r="L273" s="0">
         <f>E273*I273</f>
       </c>
       <c r="M273" s="0">
         <f>F273*I273</f>
       </c>
       <c r="N273" s="0">
         <f>G273*I273</f>
       </c>
       <c r="O273" s="0">
         <f>H273*I273</f>
       </c>
     </row>
     <row r="274" ht="45" customHeight="1" outlineLevel="1">
       <c r="A274" s="3"/>
       <c r="B274" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C274" s="4" t="s">
         <v>537</v>
       </c>
       <c r="D274" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="E274" s="5">
+        <v>6.5</v>
+      </c>
+      <c r="F274" s="5">
         <v>5.5</v>
       </c>
-      <c r="E274" s="5">
-[...2 lines deleted...]
-      <c r="F274" s="5">
+      <c r="G274" s="5">
+        <v>5</v>
+      </c>
+      <c r="H274" s="5">
         <v>4.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.5</v>
       </c>
       <c r="I274" s="6"/>
       <c r="J274" s="5">
         <f>IF( 5000&gt;K4,K274,IF( 10000&gt;L4,L274,IF( 15000&gt;M4,M274,IF( 20000&gt;N4,N274,O274))))</f>
       </c>
       <c r="K274" s="0">
         <f>D274*I274</f>
       </c>
       <c r="L274" s="0">
         <f>E274*I274</f>
       </c>
       <c r="M274" s="0">
         <f>F274*I274</f>
       </c>
       <c r="N274" s="0">
         <f>G274*I274</f>
       </c>
       <c r="O274" s="0">
         <f>H274*I274</f>
       </c>
     </row>
-    <row r="275" ht="45" customHeight="1" outlineLevel="1">
-[...1 lines deleted...]
-      <c r="B275" s="2" t="s">
+    <row r="275">
+      <c r="A275" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="C275" s="4" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="B275" s="1"/>
+      <c r="C275" s="1"/>
+      <c r="D275" s="1"/>
+      <c r="E275" s="1"/>
+      <c r="F275" s="1"/>
+      <c r="G275" s="1"/>
+      <c r="H275" s="1"/>
+      <c r="I275" s="1"/>
+      <c r="J275" s="1"/>
     </row>
     <row r="276" ht="45" customHeight="1" outlineLevel="1">
       <c r="A276" s="3"/>
       <c r="B276" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="C276" s="4" t="s">
         <v>540</v>
       </c>
-      <c r="C276" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D276" s="5">
-        <v>6.5</v>
+        <v>0.68800002336502075</v>
       </c>
       <c r="E276" s="5">
-        <v>6.5</v>
+        <v>0.68800002336502075</v>
       </c>
       <c r="F276" s="5">
-        <v>5.5</v>
+        <v>0.64499998092651367</v>
       </c>
       <c r="G276" s="5">
-        <v>5</v>
+        <v>0.62349998950958252</v>
       </c>
       <c r="H276" s="5">
-        <v>4.5</v>
+        <v>0.60199999809265137</v>
       </c>
       <c r="I276" s="6"/>
       <c r="J276" s="5">
         <f>IF( 5000&gt;K4,K276,IF( 10000&gt;L4,L276,IF( 15000&gt;M4,M276,IF( 20000&gt;N4,N276,O276))))</f>
       </c>
       <c r="K276" s="0">
         <f>D276*I276</f>
       </c>
       <c r="L276" s="0">
         <f>E276*I276</f>
       </c>
       <c r="M276" s="0">
         <f>F276*I276</f>
       </c>
       <c r="N276" s="0">
         <f>G276*I276</f>
       </c>
       <c r="O276" s="0">
         <f>H276*I276</f>
       </c>
     </row>
-    <row r="277">
-      <c r="A277" s="1" t="s">
+    <row r="277" ht="45" customHeight="1" outlineLevel="1">
+      <c r="A277" s="3"/>
+      <c r="B277" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="C277" s="4" t="s">
         <v>542</v>
       </c>
-      <c r="B277" s="1"/>
-[...7 lines deleted...]
-      <c r="J277" s="1"/>
+      <c r="D277" s="5">
+        <v>1.1679999828338623</v>
+      </c>
+      <c r="E277" s="5">
+        <v>1.1679999828338623</v>
+      </c>
+      <c r="F277" s="5">
+        <v>1.0950000286102295</v>
+      </c>
+      <c r="G277" s="5">
+        <v>1.0585000514984131</v>
+      </c>
+      <c r="H277" s="5">
+        <v>1.0219999551773071</v>
+      </c>
+      <c r="I277" s="6"/>
+      <c r="J277" s="5">
+        <f>IF( 5000&gt;K4,K277,IF( 10000&gt;L4,L277,IF( 15000&gt;M4,M277,IF( 20000&gt;N4,N277,O277))))</f>
+      </c>
+      <c r="K277" s="0">
+        <f>D277*I277</f>
+      </c>
+      <c r="L277" s="0">
+        <f>E277*I277</f>
+      </c>
+      <c r="M277" s="0">
+        <f>F277*I277</f>
+      </c>
+      <c r="N277" s="0">
+        <f>G277*I277</f>
+      </c>
+      <c r="O277" s="0">
+        <f>H277*I277</f>
+      </c>
     </row>
     <row r="278" ht="45" customHeight="1" outlineLevel="1">
       <c r="A278" s="3"/>
       <c r="B278" s="2" t="s">
         <v>543</v>
       </c>
       <c r="C278" s="4" t="s">
         <v>544</v>
       </c>
       <c r="D278" s="5">
-        <v>0.68800002336502075</v>
+        <v>1.0880000591278076</v>
       </c>
       <c r="E278" s="5">
-        <v>0.68800002336502075</v>
+        <v>1.0880000591278076</v>
       </c>
       <c r="F278" s="5">
-        <v>0.64499998092651367</v>
+        <v>1.0199999809265137</v>
       </c>
       <c r="G278" s="5">
-        <v>0.62349998950958252</v>
+        <v>0.98600000143051147</v>
       </c>
       <c r="H278" s="5">
-        <v>0.60199999809265137</v>
+        <v>0.95200002193450928</v>
       </c>
       <c r="I278" s="6"/>
       <c r="J278" s="5">
         <f>IF( 5000&gt;K4,K278,IF( 10000&gt;L4,L278,IF( 15000&gt;M4,M278,IF( 20000&gt;N4,N278,O278))))</f>
       </c>
       <c r="K278" s="0">
         <f>D278*I278</f>
       </c>
       <c r="L278" s="0">
         <f>E278*I278</f>
       </c>
       <c r="M278" s="0">
         <f>F278*I278</f>
       </c>
       <c r="N278" s="0">
         <f>G278*I278</f>
       </c>
       <c r="O278" s="0">
         <f>H278*I278</f>
       </c>
     </row>
     <row r="279" ht="45" customHeight="1" outlineLevel="1">
       <c r="A279" s="3"/>
       <c r="B279" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C279" s="4" t="s">
         <v>546</v>
       </c>
       <c r="D279" s="5">
-        <v>1.6000000238418579</v>
+        <v>1.2960000038146973</v>
       </c>
       <c r="E279" s="5">
-        <v>1.6000000238418579</v>
+        <v>1.2960000038146973</v>
       </c>
       <c r="F279" s="5">
-        <v>1.5</v>
+        <v>1.2150000333786011</v>
       </c>
       <c r="G279" s="5">
-        <v>1.4500000476837158</v>
+        <v>1.1744999885559082</v>
       </c>
       <c r="H279" s="5">
-        <v>1.3999999761581421</v>
+        <v>1.1339999437332153</v>
       </c>
       <c r="I279" s="6"/>
       <c r="J279" s="5">
         <f>IF( 5000&gt;K4,K279,IF( 10000&gt;L4,L279,IF( 15000&gt;M4,M279,IF( 20000&gt;N4,N279,O279))))</f>
       </c>
       <c r="K279" s="0">
         <f>D279*I279</f>
       </c>
       <c r="L279" s="0">
         <f>E279*I279</f>
       </c>
       <c r="M279" s="0">
         <f>F279*I279</f>
       </c>
       <c r="N279" s="0">
         <f>G279*I279</f>
       </c>
       <c r="O279" s="0">
         <f>H279*I279</f>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="s">
         <v>547</v>
       </c>
@@ -27045,135 +27045,135 @@
     <hyperlink ref="C182" r:id="rId172"/>
     <hyperlink ref="C183" r:id="rId173"/>
     <hyperlink ref="C184" r:id="rId174"/>
     <hyperlink ref="C185" r:id="rId175"/>
     <hyperlink ref="C186" r:id="rId176"/>
     <hyperlink ref="C187" r:id="rId177"/>
     <hyperlink ref="C188" r:id="rId178"/>
     <hyperlink ref="C190" r:id="rId179"/>
     <hyperlink ref="C191" r:id="rId180"/>
     <hyperlink ref="C192" r:id="rId181"/>
     <hyperlink ref="C193" r:id="rId182"/>
     <hyperlink ref="C194" r:id="rId183"/>
     <hyperlink ref="C195" r:id="rId184"/>
     <hyperlink ref="C196" r:id="rId185"/>
     <hyperlink ref="C197" r:id="rId186"/>
     <hyperlink ref="C198" r:id="rId187"/>
     <hyperlink ref="C199" r:id="rId188"/>
     <hyperlink ref="C200" r:id="rId189"/>
     <hyperlink ref="C201" r:id="rId190"/>
     <hyperlink ref="C202" r:id="rId191"/>
     <hyperlink ref="C203" r:id="rId192"/>
     <hyperlink ref="C204" r:id="rId193"/>
     <hyperlink ref="C205" r:id="rId194"/>
     <hyperlink ref="C206" r:id="rId195"/>
     <hyperlink ref="C207" r:id="rId196"/>
-    <hyperlink ref="C208" r:id="rId197"/>
+    <hyperlink ref="C209" r:id="rId197"/>
     <hyperlink ref="C210" r:id="rId198"/>
     <hyperlink ref="C211" r:id="rId199"/>
     <hyperlink ref="C212" r:id="rId200"/>
     <hyperlink ref="C213" r:id="rId201"/>
     <hyperlink ref="C214" r:id="rId202"/>
     <hyperlink ref="C215" r:id="rId203"/>
     <hyperlink ref="C216" r:id="rId204"/>
     <hyperlink ref="C217" r:id="rId205"/>
-    <hyperlink ref="C218" r:id="rId206"/>
-    <hyperlink ref="C219" r:id="rId207"/>
+    <hyperlink ref="C219" r:id="rId206"/>
+    <hyperlink ref="C220" r:id="rId207"/>
     <hyperlink ref="C221" r:id="rId208"/>
     <hyperlink ref="C222" r:id="rId209"/>
     <hyperlink ref="C223" r:id="rId210"/>
     <hyperlink ref="C224" r:id="rId211"/>
     <hyperlink ref="C225" r:id="rId212"/>
     <hyperlink ref="C226" r:id="rId213"/>
     <hyperlink ref="C227" r:id="rId214"/>
     <hyperlink ref="C228" r:id="rId215"/>
     <hyperlink ref="C229" r:id="rId216"/>
     <hyperlink ref="C230" r:id="rId217"/>
     <hyperlink ref="C231" r:id="rId218"/>
     <hyperlink ref="C232" r:id="rId219"/>
     <hyperlink ref="C233" r:id="rId220"/>
     <hyperlink ref="C234" r:id="rId221"/>
     <hyperlink ref="C235" r:id="rId222"/>
     <hyperlink ref="C236" r:id="rId223"/>
     <hyperlink ref="C237" r:id="rId224"/>
     <hyperlink ref="C238" r:id="rId225"/>
     <hyperlink ref="C239" r:id="rId226"/>
     <hyperlink ref="C240" r:id="rId227"/>
     <hyperlink ref="C241" r:id="rId228"/>
     <hyperlink ref="C242" r:id="rId229"/>
     <hyperlink ref="C243" r:id="rId230"/>
     <hyperlink ref="C244" r:id="rId231"/>
     <hyperlink ref="C245" r:id="rId232"/>
-    <hyperlink ref="C246" r:id="rId233"/>
-    <hyperlink ref="C247" r:id="rId234"/>
+    <hyperlink ref="C247" r:id="rId233"/>
+    <hyperlink ref="C248" r:id="rId234"/>
     <hyperlink ref="C249" r:id="rId235"/>
     <hyperlink ref="C250" r:id="rId236"/>
     <hyperlink ref="C251" r:id="rId237"/>
     <hyperlink ref="C252" r:id="rId238"/>
     <hyperlink ref="C253" r:id="rId239"/>
     <hyperlink ref="C254" r:id="rId240"/>
     <hyperlink ref="C255" r:id="rId241"/>
     <hyperlink ref="C256" r:id="rId242"/>
     <hyperlink ref="C257" r:id="rId243"/>
     <hyperlink ref="C258" r:id="rId244"/>
     <hyperlink ref="C259" r:id="rId245"/>
     <hyperlink ref="C260" r:id="rId246"/>
     <hyperlink ref="C261" r:id="rId247"/>
     <hyperlink ref="C262" r:id="rId248"/>
     <hyperlink ref="C263" r:id="rId249"/>
     <hyperlink ref="C264" r:id="rId250"/>
     <hyperlink ref="C265" r:id="rId251"/>
     <hyperlink ref="C266" r:id="rId252"/>
     <hyperlink ref="C267" r:id="rId253"/>
     <hyperlink ref="C268" r:id="rId254"/>
     <hyperlink ref="C269" r:id="rId255"/>
     <hyperlink ref="C270" r:id="rId256"/>
     <hyperlink ref="C271" r:id="rId257"/>
     <hyperlink ref="C272" r:id="rId258"/>
     <hyperlink ref="C273" r:id="rId259"/>
     <hyperlink ref="C274" r:id="rId260"/>
-    <hyperlink ref="C275" r:id="rId261"/>
-    <hyperlink ref="C276" r:id="rId262"/>
+    <hyperlink ref="C276" r:id="rId261"/>
+    <hyperlink ref="C277" r:id="rId262"/>
     <hyperlink ref="C278" r:id="rId263"/>
     <hyperlink ref="C279" r:id="rId264"/>
     <hyperlink ref="C281" r:id="rId265"/>
     <hyperlink ref="C282" r:id="rId266"/>
     <hyperlink ref="C283" r:id="rId267"/>
     <hyperlink ref="C284" r:id="rId268"/>
     <hyperlink ref="C285" r:id="rId269"/>
     <hyperlink ref="C286" r:id="rId270"/>
     <hyperlink ref="C287" r:id="rId271"/>
     <hyperlink ref="C288" r:id="rId272"/>
     <hyperlink ref="C289" r:id="rId273"/>
     <hyperlink ref="C290" r:id="rId274"/>
     <hyperlink ref="C292" r:id="rId275"/>
     <hyperlink ref="C293" r:id="rId276"/>
     <hyperlink ref="C294" r:id="rId277"/>
     <hyperlink ref="C295" r:id="rId278"/>
     <hyperlink ref="C296" r:id="rId279"/>
     <hyperlink ref="C297" r:id="rId280"/>
     <hyperlink ref="C298" r:id="rId281"/>
     <hyperlink ref="C299" r:id="rId282"/>
     <hyperlink ref="C300" r:id="rId283"/>
     <hyperlink ref="C301" r:id="rId284"/>
     <hyperlink ref="C302" r:id="rId285"/>
     <hyperlink ref="C303" r:id="rId286"/>
     <hyperlink ref="C304" r:id="rId287"/>
     <hyperlink ref="C305" r:id="rId288"/>
     <hyperlink ref="C306" r:id="rId289"/>
     <hyperlink ref="C307" r:id="rId290"/>
     <hyperlink ref="C308" r:id="rId291"/>
     <hyperlink ref="C309" r:id="rId292"/>
     <hyperlink ref="C310" r:id="rId293"/>
     <hyperlink ref="C312" r:id="rId294"/>
     <hyperlink ref="C313" r:id="rId295"/>
     <hyperlink ref="C314" r:id="rId296"/>
   </hyperlinks>
   <headerFooter differentFirst="1" differentOddEven="1">
-    <oddHeader>&amp;RДата формирования прайса: 05.01.2026 18:00</oddHeader>
-[...1 lines deleted...]
-    <firstHeader>&amp;RДата формирования прайса: 05.01.2026 18:00</firstHeader>
+    <oddHeader>&amp;RДата формирования прайса: 19.02.2026 17:42</oddHeader>
+    <evenHeader>&amp;RДата формирования прайса: 19.02.2026 17:42</evenHeader>
+    <firstHeader>&amp;RДата формирования прайса: 19.02.2026 17:42</firstHeader>
   </headerFooter>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>